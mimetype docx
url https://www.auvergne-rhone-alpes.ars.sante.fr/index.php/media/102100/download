--- v0 (2025-10-06)
+++ v1 (2026-03-08)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00385328" w:rsidRDefault="00385328">
+    <w:p w14:paraId="4380726D" w14:textId="77777777" w:rsidR="00385328" w:rsidRDefault="00385328">
       <w:pPr>
         <w:spacing w:before="27"/>
         <w:ind w:left="164" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:color w:val="C00000"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487590400" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="389C76A2" wp14:editId="657FE969">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487590400" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="530F6C36" wp14:editId="11B73E8B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5209540</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>154305</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1324024" cy="767751"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Image 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="ARSlogo_Normal_Quadri.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -83,51 +83,51 @@
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:color w:val="C00000"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487591424" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B4DB9E6" wp14:editId="5FE1838B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487591424" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DE715B1" wp14:editId="6537EDCE">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-635</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1216325" cy="1101918"/>
             <wp:effectExtent l="0" t="0" r="3175" b="3175"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Image 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Republique_Francaise_CMJN.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -139,139 +139,139 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1221054" cy="1106202"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00385328" w:rsidRDefault="00385328">
+    <w:p w14:paraId="31B2A56D" w14:textId="77777777" w:rsidR="00385328" w:rsidRDefault="00385328">
       <w:pPr>
         <w:spacing w:before="27"/>
         <w:ind w:left="164" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385328" w:rsidRDefault="00385328">
+    <w:p w14:paraId="2D811AAB" w14:textId="77777777" w:rsidR="00385328" w:rsidRDefault="00385328">
       <w:pPr>
         <w:spacing w:before="27"/>
         <w:ind w:left="164" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385328" w:rsidRDefault="00385328">
+    <w:p w14:paraId="4CE8E451" w14:textId="77777777" w:rsidR="00385328" w:rsidRDefault="00385328">
       <w:pPr>
         <w:spacing w:before="27"/>
         <w:ind w:left="164" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385328" w:rsidRDefault="00385328">
+    <w:p w14:paraId="1D8BDB3C" w14:textId="77777777" w:rsidR="00385328" w:rsidRDefault="00385328">
       <w:pPr>
         <w:spacing w:before="27"/>
         <w:ind w:left="164" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385328" w:rsidRDefault="00385328">
+    <w:p w14:paraId="19663E2D" w14:textId="77777777" w:rsidR="00385328" w:rsidRDefault="00385328">
       <w:pPr>
         <w:spacing w:before="27"/>
         <w:ind w:left="164" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385328" w:rsidRDefault="00385328">
+    <w:p w14:paraId="026C12BA" w14:textId="77777777" w:rsidR="00385328" w:rsidRDefault="00385328">
       <w:pPr>
         <w:spacing w:before="27"/>
         <w:ind w:left="164" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385328" w:rsidRDefault="00385328">
+    <w:p w14:paraId="07171CE6" w14:textId="77777777" w:rsidR="00385328" w:rsidRDefault="00385328">
       <w:pPr>
         <w:spacing w:before="27"/>
         <w:ind w:left="164" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385328" w:rsidRDefault="00385328">
+    <w:p w14:paraId="1CBC674B" w14:textId="77777777" w:rsidR="00385328" w:rsidRDefault="00385328">
       <w:pPr>
         <w:spacing w:before="27"/>
         <w:ind w:left="164" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C">
+    <w:p w14:paraId="02D37A83" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C">
       <w:pPr>
         <w:spacing w:before="27"/>
         <w:ind w:left="164" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Prêt</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -298,61 +298,61 @@
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>insérer</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>général</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="060FA8C1" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C">
+    <w:p w14:paraId="21C9B5F1" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="161" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
         <w:t>Monoxyde</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
@@ -432,62 +432,62 @@
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
         <w:t>les</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>intoxications</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="5255ABC1" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="12"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C">
+    <w:p w14:paraId="3BAAEFD1" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="116" w:right="112"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>Le monoxyde de carbone est un gaz toxi</w:t>
       </w:r>
       <w:r w:rsidR="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>que qui touche chaque année près de 4 000 foyers</w:t>
       </w:r>
       <w:r w:rsidR="00325D72">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t xml:space="preserve"> en France</w:t>
@@ -523,60 +523,60 @@
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t xml:space="preserve">chaudière, chauffage d’appoint, poêle, groupe électrogène, </w:t>
       </w:r>
       <w:r w:rsidR="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>cheminée</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="27BF0390" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C">
+    <w:p w14:paraId="65F86E99" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="116"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>Pour</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
@@ -607,59 +607,59 @@
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>intoxications,</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">il suffit d’avoir </w:t>
       </w:r>
       <w:r w:rsidR="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>quelques réflexes essentiels :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="06B7C1C5" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C" w:rsidP="00385328">
+    <w:p w14:paraId="52916268" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C" w:rsidP="00385328">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="837"/>
           <w:tab w:val="left" w:pos="838"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Avant</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
@@ -857,61 +857,61 @@
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">professionnel </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>qualifié.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="2E790055" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="12"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385328" w:rsidRDefault="00966C8C" w:rsidP="00385328">
+    <w:p w14:paraId="730E7A78" w14:textId="77777777" w:rsidR="00385328" w:rsidRDefault="00966C8C" w:rsidP="00385328">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="837"/>
           <w:tab w:val="left" w:pos="838"/>
         </w:tabs>
         <w:ind w:right="111"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Veillez</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
@@ -1011,110 +1011,110 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">de votre </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>logement</w:t>
       </w:r>
       <w:r w:rsidR="00DA1144">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> tout au long de l’année.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00385328" w:rsidRPr="00385328" w:rsidRDefault="00385328" w:rsidP="00385328">
+    <w:p w14:paraId="0D7D3346" w14:textId="77777777" w:rsidR="00385328" w:rsidRPr="00385328" w:rsidRDefault="00385328" w:rsidP="00385328">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00385328" w:rsidRDefault="00385328" w:rsidP="00385328">
+    <w:p w14:paraId="1724CAA4" w14:textId="77777777" w:rsidR="00385328" w:rsidRDefault="00385328" w:rsidP="00385328">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="837"/>
           <w:tab w:val="left" w:pos="838"/>
         </w:tabs>
         <w:ind w:right="111"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Respectez les consignes d’utilisation de</w:t>
       </w:r>
       <w:r w:rsidR="00966C8C">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> vos</w:t>
       </w:r>
       <w:r w:rsidR="00DA1144">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> appareils à combustion.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="797EB09E" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="33"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C" w:rsidP="00385328">
+    <w:p w14:paraId="0C4AA2B3" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C" w:rsidP="00385328">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="837"/>
           <w:tab w:val="left" w:pos="838"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>N’utilisez</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
@@ -1312,60 +1312,60 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">brasero, </w:t>
       </w:r>
       <w:r w:rsidR="00DA1144">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">barbecue, </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="265065E6" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C" w:rsidP="00385328">
+    <w:p w14:paraId="7561FD39" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C" w:rsidP="00385328">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="837"/>
           <w:tab w:val="left" w:pos="838"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Si</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
@@ -1512,61 +1512,61 @@
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>l’extérieur des</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>bâtiments.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="4B3C5749" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRDefault="00966C8C" w:rsidP="00DA1144">
+    <w:p w14:paraId="64ED74CB" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRDefault="00966C8C" w:rsidP="00DA1144">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="167" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>En</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
@@ -1599,162 +1599,108 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00DA1144" w:rsidRPr="00D07F3C">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           </w:rPr>
           <w:t>https://www.auvergne-rhone-alpes.ars.sante.fr/monoxyde-de-carbone</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DA1144">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00990A7C" w:rsidRPr="00990A7C" w:rsidRDefault="00990A7C" w:rsidP="00DA1144">
-[...53 lines deleted...]
-    <w:p w:rsidR="00DA1144" w:rsidRDefault="00DA1144">
+    <w:p w14:paraId="005B4397" w14:textId="77777777" w:rsidR="00DA1144" w:rsidRDefault="00DA1144">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00627188" w:rsidRDefault="00627188">
+    <w:p w14:paraId="483CA02B" w14:textId="77777777" w:rsidR="00627188" w:rsidRDefault="00627188">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00627188" w:rsidRDefault="00627188">
+    <w:p w14:paraId="58D960D2" w14:textId="77777777" w:rsidR="00627188" w:rsidRDefault="00627188">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D6F9A" w:rsidRDefault="007D6F9A">
+    <w:p w14:paraId="2664404B" w14:textId="77777777" w:rsidR="007D6F9A" w:rsidRDefault="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00D520A1">
+    <w:p w14:paraId="6F033537" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00D520A1">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DAAF51E" wp14:editId="128A4E5A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>810895</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>96520</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5730875" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="11" name="docshape1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5730875" cy="1270"/>
                         </a:xfrm>
@@ -1812,51 +1758,51 @@
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="6CD57DF0" id="docshape1" o:spid="_x0000_s1026" style="position:absolute;margin-left:63.85pt;margin-top:7.6pt;width:451.25pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9025,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCU0iKoBAMAAKQGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW1v2jAQ/j5p/8Hyx000L4TyooaqIjBN&#10;6rZKZT/A2A6JltiZbQjttP++s51QoJs0TcuHYOfOzz33nO+4uT3UFdpzpUspUhxdhRhxQSUrxTbF&#10;X9erwQQjbYhgpJKCp/iJa3w7f/vmpm1mPJaFrBhXCECEnrVNigtjmlkQaFrwmugr2XABxlyqmhjY&#10;qm3AFGkBva6COAyvg1Yq1ihJudbwNfNGPHf4ec6p+ZLnmhtUpRi4GfdW7r2x72B+Q2ZbRZqipB0N&#10;8g8salIKCHqEyoghaKfKV1B1SZXUMjdXVNaBzPOScpcDZBOFF9k8FqThLhcQRzdHmfT/g6Wf9w8K&#10;lQxqF2EkSA01YpJqGzmy6rSNnoHTY/OgbH66uZf0mwZDcGaxGw0+aNN+kgxAyM5Ip8ghV7U9Cbmi&#10;gxP+6Sg8PxhE4eNoPAwn4xFGFGxRPHZ1CcisP0t32nzg0uGQ/b02vmwMVk501jFfQ4nzuoIKvh+g&#10;EAHS2L26Mh/dIFXv9i5A6xC1aBrGo0unuHfyWOEwjH4LNuz9LFh8AgYJbHuKpOhZ04PoaMMKEdsn&#10;oROqkdoKtAZyvUKAAE42xT/4QuxLX3+mC6GgAS6vvsIIrv7Gp9sQY5nZEHaJ2hQ7LeyHWu75WjqT&#10;uSgdBHmxVuLUC44nZ6y8GU7YAHBv/MIFtVxPSivkqqwqV9tKOCrD8dRpo2VVMmu0bLTabhaVQnti&#10;m9o9NhkAO3NrlDYZ0YX3Y7DyKSu5E8wFKThhy25tSFn5NeBUTnO4nZ009p66bv4xDafLyXKSDJL4&#10;ejlIwiwb3K0WyeB6FY1H2TBbLLLop6UcJbOiZIwLy7qfLFHyd53bzTg/E46z5Sy7MxFW7nktQnBO&#10;w2kEufS/vgZ96/pe30j2BG2spB+VMNphUUj1jFELYzLF+vuOKI5R9VHAHJpGSWLnqtsko3EMG3Vq&#10;2ZxaiKAAlWKD4eLb5cL4WbxrVLktIFLkyi3kHYyPvLR97uaMZ9VtYBS6DLqxbWft6d55vfy5zH8B&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8VDGH3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8Mw&#10;DIXvSPyHyEjcWEIZ61SaTgOJwy5IjHL3GtNWa5KSZFv597gnuL1nPz1/LjeTHcSZQuy903C/UCDI&#10;Nd70rtVQf7zerUHEhM7g4B1p+KEIm+r6qsTC+It7p/M+tYJLXCxQQ5fSWEgZm44sxoUfyfHuyweL&#10;iW1opQl44XI7yEyplbTYO77Q4UgvHTXH/clqmOptWH3u1vXSP+/y/miwzt6+tb69mbZPIBJN6S8M&#10;Mz6jQ8VMB39yJoqBfZbnHGXxmIGYA+pBsTrMkyXIqpT/X6h+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJTSIqgEAwAApAYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPxUMYfcAAAACgEAAA8AAAAAAAAAAAAAAAAAXgUAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABnBgAAAAA=&#10;" path="m,l9024,e" filled="f" strokeweight=".26053mm">
                 <v:stroke dashstyle="dash"/>
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5730240,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C">
+    <w:p w14:paraId="691D731E" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C">
       <w:pPr>
         <w:spacing w:before="106"/>
         <w:ind w:left="164" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Prêt</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1891,61 +1837,61 @@
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>chauffages</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> d’appoint</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="29D634B8" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA1144" w:rsidRDefault="00966C8C" w:rsidP="00DA1144">
+    <w:p w14:paraId="19B14320" w14:textId="77777777" w:rsidR="00DA1144" w:rsidRDefault="00966C8C" w:rsidP="00DA1144">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:right="91"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
         <w:t>Monoxyde</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
@@ -2009,88 +1955,88 @@
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
         <w:t>’appoint</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C" w:rsidP="00DA1144">
+    <w:p w14:paraId="4068D2A8" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C" w:rsidP="00DA1144">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:right="91"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
         <w:t>comment</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> prévenir les intoxications</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="10663B12" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00DA1144" w:rsidP="00DA1144">
+    <w:p w14:paraId="3CF4D251" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00DA1144" w:rsidP="00DA1144">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="116" w:right="112"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>Le monoxyde de carbone est un gaz toxi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>que qui touche chaque année près de 4 000 foyers</w:t>
       </w:r>
       <w:r w:rsidR="00325D72">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t xml:space="preserve"> en France</w:t>
@@ -2131,93 +2077,93 @@
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> non électrique</w:t>
       </w:r>
       <w:r w:rsidR="00966C8C">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00966C8C" w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>s’ils ne sont pas utilisés correctement :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="173550C9" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C" w:rsidP="00DA1144">
+    <w:p w14:paraId="7368DCF3" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C" w:rsidP="00DA1144">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="838"/>
         </w:tabs>
         <w:ind w:right="108"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Ne faites jamais fonctionner les chauffages d’appoint en continu : ils sont conçus pour une utilisation brève et par intermittence uniquement.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="18F13D62" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C" w:rsidP="00DA1144">
+    <w:p w14:paraId="79CC89AD" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C" w:rsidP="00DA1144">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="837"/>
           <w:tab w:val="left" w:pos="838"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>N’utilisez</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
@@ -2438,61 +2384,61 @@
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">barbecue, </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="36CAB114" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D6F9A" w:rsidRDefault="007D6F9A" w:rsidP="00DA1144">
+    <w:p w14:paraId="18F8103A" w14:textId="77777777" w:rsidR="007D6F9A" w:rsidRDefault="007D6F9A" w:rsidP="00DA1144">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="838"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:right="110"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00966C8C" w:rsidRPr="00385328">
@@ -2502,111 +2448,111 @@
         </w:rPr>
         <w:t xml:space="preserve">érez </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">votre logement </w:t>
       </w:r>
       <w:r w:rsidR="00966C8C" w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>au moins 10 minutes par jour</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D6F9A" w:rsidRPr="007D6F9A" w:rsidRDefault="007D6F9A" w:rsidP="007D6F9A">
+    <w:p w14:paraId="7F93513D" w14:textId="77777777" w:rsidR="007D6F9A" w:rsidRPr="007D6F9A" w:rsidRDefault="007D6F9A" w:rsidP="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="007D6F9A" w:rsidP="00DA1144">
+    <w:p w14:paraId="51A09F00" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="007D6F9A" w:rsidP="00DA1144">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="838"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:right="110"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00966C8C" w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">eillez à ne pas obstruer les entrées et sorties d’air de votre </w:t>
       </w:r>
       <w:r w:rsidR="00966C8C" w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>logement.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="1A0096FF" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D6F9A" w:rsidRPr="00385328" w:rsidRDefault="007D6F9A" w:rsidP="007D6F9A">
+    <w:p w14:paraId="23AD7FDE" w14:textId="77777777" w:rsidR="007D6F9A" w:rsidRPr="00385328" w:rsidRDefault="007D6F9A" w:rsidP="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="167" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>En</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
@@ -2640,178 +2586,124 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00D07F3C">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           </w:rPr>
           <w:t>https://www.auvergne-rhone-alpes.ars.sante.fr/monoxyde-de-carbone</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="520F2936" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00990A7C" w:rsidRPr="00990A7C" w:rsidRDefault="00990A7C" w:rsidP="00990A7C">
-[...53 lines deleted...]
-    <w:p w:rsidR="007D6F9A" w:rsidRDefault="007D6F9A">
+    <w:p w14:paraId="434D3C72" w14:textId="77777777" w:rsidR="007D6F9A" w:rsidRDefault="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D6F9A" w:rsidRDefault="007D6F9A">
+    <w:p w14:paraId="0514A959" w14:textId="77777777" w:rsidR="007D6F9A" w:rsidRDefault="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D6F9A" w:rsidRDefault="007D6F9A">
+    <w:p w14:paraId="04B17D33" w14:textId="77777777" w:rsidR="007D6F9A" w:rsidRDefault="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D6F9A" w:rsidRDefault="007D6F9A">
+    <w:p w14:paraId="281CB40B" w14:textId="77777777" w:rsidR="007D6F9A" w:rsidRDefault="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D6F9A" w:rsidRDefault="007D6F9A">
+    <w:p w14:paraId="7033CB68" w14:textId="77777777" w:rsidR="007D6F9A" w:rsidRDefault="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00D520A1">
+    <w:p w14:paraId="0E0F4494" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00D520A1">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588352" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588352" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EEC8CFD" wp14:editId="33E9ABE3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>810895</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>98425</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5730875" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="10" name="docshape2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5730875" cy="1270"/>
                         </a:xfrm>
@@ -2869,51 +2761,51 @@
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="4BC6B5BF" id="docshape2" o:spid="_x0000_s1026" style="position:absolute;margin-left:63.85pt;margin-top:7.75pt;width:451.25pt;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9025,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFIPcaAwMAAKQGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW1v2jAQ/j5p/8Hyx000L4TyooaqIjBN&#10;6rZKZT/A2A6JltiZbQjttP++s51QoJs0TcuHYOfOzz33nO+4uT3UFdpzpUspUhxdhRhxQSUrxTbF&#10;X9erwQQjbYhgpJKCp/iJa3w7f/vmpm1mPJaFrBhXCECEnrVNigtjmlkQaFrwmugr2XABxlyqmhjY&#10;qm3AFGkBva6COAyvg1Yq1ihJudbwNfNGPHf4ec6p+ZLnmhtUpRi4GfdW7r2x72B+Q2ZbRZqipB0N&#10;8g8salIKCHqEyoghaKfKV1B1SZXUMjdXVNaBzPOScpcDZBOFF9k8FqThLhcQRzdHmfT/g6Wf9w8K&#10;lQxqB/IIUkONmKTaRo6tOm2jZ+D02Dwom59u7iX9psEQnFnsRoMP2rSfJAMQsjPSKXLIVW1PQq7o&#10;4IR/OgrPDwZR+DgaD8PJeIQRBVsUj11dAjLrz9KdNh+4dDhkf6+NLxuDlROddczXkENeV1DB9wMU&#10;IkAau1dX5qNb1Lu9C9A6RC2ahvHo0inunTxWOAyj34INez8LFp+AQQLbniIpetb0IDrasELE9kno&#10;hGqktgKtgVyvECCAk03xD74Q+9LXn+lCKGiAy6uvMIKrv/HpNsRYZjaEXaI2xU4L+6GWe76WzmQu&#10;SgdBXqyVOPWC48kZK2+GEzYA3Bu/cEEt15PSCrkqq8rVthKOynA8ddpoWZXMGi0brbabRaXQntim&#10;do9NBsDO3BqlTUZ04f0YrHzKSu4Ec0EKTtiyWxtSVn4NOJXTHG5nJ429p66bf0zD6XKynCSDJL5e&#10;DpIwywZ3q0UyuF5F41E2zBaLLPppKUfJrCgZ48Ky7idLlPxd53Yzzs+E42w5y+5MhJV7XosQnNNw&#10;GkEu/a+vQd+6vtc3kj1BGyvpRyWMdlgUUj1j1MKYTLH+viOKY1R9FDCHplGS2LnqNsloHMNGnVo2&#10;pxYiKECl2GC4+Ha5MH4W7xpVbguIFLlyC3kH4yMvbZ+7OeNZdRsYhS6DbmzbWXu6d14vfy7zXwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAIq7VRDdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYQmHrVJpOA4nDLkiMcvca01ZrkpJkW/n3uCe4+dlPz98rN5MdxJlC7L3TcL9QIMg1&#10;3vSu1VB/vN6tQcSEzuDgHWn4oQib6vqqxML4i3un8z61gkNcLFBDl9JYSBmbjizGhR/J8e3LB4uJ&#10;ZWilCXjhcDvITKmVtNg7/tDhSC8dNcf9yWqY6m1Yfe7W9aN/3uX90WCdvX1rfXszbZ9AJJrSnxlm&#10;fEaHipkO/uRMFAPrLM/ZysNyCWI2qAeVgTjMmxxkVcr/FapfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAMUg9xoDAwAApAYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAIq7VRDdAAAACgEAAA8AAAAAAAAAAAAAAAAAXQUAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABnBgAAAAA=&#10;" path="m,l9024,e" filled="f" strokeweight=".26053mm">
                 <v:stroke dashstyle="dash"/>
                 <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5730240,0" o:connectangles="0,0"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C">
+    <w:p w14:paraId="7AC6958A" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C">
       <w:pPr>
         <w:spacing w:before="106"/>
         <w:ind w:left="165" w:right="161"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>Prêt</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2957,62 +2849,62 @@
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t>groupes</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:color w:val="C00000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>électrogènes</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="2F63BCAE" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C" w:rsidP="007D6F9A">
+    <w:p w14:paraId="204A2845" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="00966C8C" w:rsidP="007D6F9A">
       <w:pPr>
         <w:ind w:right="-51"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
         <w:t>Monoxyde</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
@@ -3075,62 +2967,62 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
         <w:t>électrogènes</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
         <w:t>: comment prévenir les intoxications</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="57F7965D" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="007D6F9A" w:rsidP="007D6F9A">
+    <w:p w14:paraId="50504992" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="007D6F9A" w:rsidP="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:right="112"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>Le monoxyde de carbone est un gaz toxi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>que qui touche chaque année près de 4 000 foyers</w:t>
       </w:r>
       <w:r w:rsidR="00325D72">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t xml:space="preserve"> en France</w:t>
@@ -3145,61 +3037,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t xml:space="preserve"> une centaine de décès. </w:t>
       </w:r>
       <w:r w:rsidR="00966C8C" w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t xml:space="preserve">Il peut notamment être émis par les </w:t>
       </w:r>
       <w:r w:rsidR="00966C8C" w:rsidRPr="007D6F9A">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
         <w:t>groupes électrogènes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t xml:space="preserve"> s’ils ne sont pas utilisés correctement.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA" w:rsidP="007D6F9A">
+    <w:p w14:paraId="3323536F" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA" w:rsidP="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="007D6F9A" w:rsidRDefault="007D6F9A" w:rsidP="007D6F9A">
+    <w:p w14:paraId="6D44AAA7" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="007D6F9A" w:rsidRDefault="007D6F9A" w:rsidP="007D6F9A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="838"/>
         </w:tabs>
         <w:ind w:right="111"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00966C8C" w:rsidRPr="007D6F9A">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:sz w:val="18"/>
@@ -3217,71 +3109,71 @@
       <w:r w:rsidR="00966C8C" w:rsidRPr="007D6F9A">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> groupes électrogènes dans un lieu fermé (maison, cave, garage</w:t>
       </w:r>
       <w:r w:rsidRPr="007D6F9A">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00966C8C" w:rsidRPr="007D6F9A">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> : ils doivent être impérativement placés à l’extérieur des bâtiments.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="7E53C6FE" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
+    <w:p w14:paraId="6F060810" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRPr="00385328" w:rsidRDefault="003C09CA">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003C09CA" w:rsidRDefault="007D6F9A" w:rsidP="007D6F9A">
+    <w:p w14:paraId="55704F83" w14:textId="77777777" w:rsidR="003C09CA" w:rsidRDefault="007D6F9A" w:rsidP="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="4447" w:right="161" w:hanging="4281"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>En</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
@@ -3309,214 +3201,158 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00385328">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00D07F3C">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           </w:rPr>
           <w:t>https://www.auvergne-rhone-alpes.ars.sante.fr/monoxyde-de-carbone</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00990A7C" w:rsidRPr="00990A7C" w:rsidRDefault="00990A7C" w:rsidP="00990A7C">
-[...53 lines deleted...]
-    <w:p w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="007D6F9A">
+    <w:p w14:paraId="3B19E7B3" w14:textId="77777777" w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="4447" w:right="161" w:hanging="4281"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D520A1" w:rsidRPr="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="007D6F9A">
+    </w:p>
+    <w:p w14:paraId="6BDA8F9F" w14:textId="77777777" w:rsidR="00D520A1" w:rsidRPr="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="4447" w:right="161" w:hanging="4281"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D520A1">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>---------------------------------------------------------------------------------------------------------------------------------------------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="007D6F9A">
+    <w:p w14:paraId="3AC4BF8C" w14:textId="77777777" w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="4447" w:right="161" w:hanging="4281"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="007D6F9A">
+    <w:p w14:paraId="28F53035" w14:textId="77777777" w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="007D6F9A">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="4447" w:right="161" w:hanging="4281"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D520A1" w:rsidRPr="00CC1EE7" w:rsidRDefault="00D520A1" w:rsidP="00D520A1">
+    <w:p w14:paraId="61472CA1" w14:textId="77777777" w:rsidR="00D520A1" w:rsidRPr="00CC1EE7" w:rsidRDefault="00D520A1" w:rsidP="00D520A1">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>Illustrations possibles :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="00D520A1">
+    <w:p w14:paraId="0288125B" w14:textId="77777777" w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="00D520A1">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="00D520A1">
+    <w:p w14:paraId="3934D5D2" w14:textId="77777777" w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="00D520A1">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="00D520A1">
+    <w:p w14:paraId="3AFBABF0" w14:textId="77777777" w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="00D520A1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC1EE7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:noProof/>
           <w:sz w:val="10"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45031C17" wp14:editId="235971AE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26740579" wp14:editId="4C02BCE9">
             <wp:extent cx="3001993" cy="1689042"/>
             <wp:effectExtent l="0" t="0" r="8255" b="6985"/>
             <wp:docPr id="1" name="Image 1" descr="O:\COMMUNICATION\SANTE PUBLIQUE\Santé environnement\Monoxyde Carbone\PRET A INSERER\2022_Monoxyde de carbone_illustrations_intoxications ARA.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="O:\COMMUNICATION\SANTE PUBLIQUE\Santé environnement\Monoxyde Carbone\PRET A INSERER\2022_Monoxyde de carbone_illustrations_intoxications ARA.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -3528,113 +3364,113 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="3051964" cy="1717158"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00CC1EE7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:noProof/>
           <w:sz w:val="10"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1426D72B" wp14:editId="311935E8">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20161B33" wp14:editId="0B1E443B">
             <wp:extent cx="3097069" cy="1742536"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
             <wp:docPr id="3" name="Image 3" descr="O:\COMMUNICATION\SANTE PUBLIQUE\Santé environnement\Monoxyde Carbone\PRET A INSERER\2022_Monoxyde de carbone_illustrations_conseils_entretien.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="O:\COMMUNICATION\SANTE PUBLIQUE\Santé environnement\Monoxyde Carbone\PRET A INSERER\2022_Monoxyde de carbone_illustrations_conseils_entretien.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3127773" cy="1759811"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="00D520A1">
+    <w:p w14:paraId="63FFEE14" w14:textId="77777777" w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="00D520A1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672064" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672064" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="232C309A" wp14:editId="71513B04">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3060101</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>212725</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3159125" cy="1776730"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21307"/>
                 <wp:lineTo x="21491" y="21307"/>
                 <wp:lineTo x="21491" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="9" name="Image 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -3659,51 +3495,51 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="3159125" cy="1776730"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679232" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C548AF1" wp14:editId="52634020">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679232" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5451F5B3" wp14:editId="674BA792">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-281305</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>199390</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3182620" cy="1790065"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21378"/>
                 <wp:lineTo x="21462" y="21378"/>
                 <wp:lineTo x="21462" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="6" name="Image 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -3723,63 +3559,63 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3182620" cy="1790065"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="00D520A1">
+    <w:p w14:paraId="6C5D5193" w14:textId="77777777" w:rsidR="00D520A1" w:rsidRDefault="00D520A1" w:rsidP="00D520A1">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="4447" w:right="161" w:hanging="4281"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666944" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C687A2F" wp14:editId="2F24375D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-210820</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>79375</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3159125" cy="1776730"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21307"/>
                 <wp:lineTo x="21491" y="21307"/>
                 <wp:lineTo x="21491" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="8" name="Image 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -3804,51 +3640,51 @@
                       <a:off x="0" y="0"/>
                       <a:ext cx="3159125" cy="1776730"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B6CBFE8" wp14:editId="360AE7F2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3317240</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>173990</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2990215" cy="1682115"/>
             <wp:effectExtent l="0" t="0" r="635" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21282"/>
                 <wp:lineTo x="21467" y="21282"/>
                 <wp:lineTo x="21467" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="7" name="Image 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -3879,105 +3715,98 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D520A1">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="520" w:right="1020" w:bottom="280" w:left="1160" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Marianne">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000000F" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E98614B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741001D2"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="45206E5C">
@@ -4296,143 +4125,146 @@
     <w:lvl w:ilvl="7" w:tplc="FCA01CEC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7060" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0D0ABA18">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7949" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1804879951">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="17437653">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="582226818">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="129"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C09CA"/>
+    <w:rsid w:val="002314E4"/>
     <w:rsid w:val="00325D72"/>
     <w:rsid w:val="00327DB7"/>
     <w:rsid w:val="00385328"/>
     <w:rsid w:val="003C09CA"/>
     <w:rsid w:val="005C1ACF"/>
     <w:rsid w:val="00627188"/>
     <w:rsid w:val="00765FF2"/>
     <w:rsid w:val="007D6F9A"/>
     <w:rsid w:val="00966C8C"/>
     <w:rsid w:val="00990A7C"/>
+    <w:rsid w:val="00B31CEC"/>
     <w:rsid w:val="00CC1EE7"/>
     <w:rsid w:val="00D520A1"/>
     <w:rsid w:val="00DA1144"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2245E886"/>
+  <w14:docId w14:val="09A83514"/>
   <w15:docId w15:val="{7839D25B-0A02-441D-9B72-D3CBD0B2F8DB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4760,50 +4592,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -4853,51 +4690,51 @@
     <w:pPr>
       <w:ind w:left="837" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DA1144"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auvergne-rhone-alpes.ars.sante.fr/monoxyde-de-carbone" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auvergne-rhone-alpes.ars.sante.fr/monoxyde-de-carbone" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auvergne-rhone-alpes.ars.sante.fr/monoxyde-de-carbone" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -5148,86 +4985,110 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>466</Words>
-  <Characters>2567</Characters>
+  <Words>448</Words>
+  <Characters>2468</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministère des affaires sociales</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3027</CharactersWithSpaces>
+  <CharactersWithSpaces>2911</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>fguiheneuf</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2020-11-04T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2022-11-08T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-11-28T10:33:55Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>95a1f022-b56b-4678-a9f6-b3f6ed3e4c7a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>