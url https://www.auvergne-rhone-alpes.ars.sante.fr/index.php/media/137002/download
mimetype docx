--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -1,52 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2927CDF7" w14:textId="77777777" w:rsidR="00DD0B59" w:rsidRPr="003B55BB" w:rsidRDefault="00E27020" w:rsidP="003B55BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E27020">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0272C0C4" wp14:editId="0759E066">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-603581</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
@@ -487,63 +488,52 @@
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E1D7C38" w14:textId="45374A3D" w:rsidR="00C622DB" w:rsidRPr="00C622DB" w:rsidRDefault="00C622DB" w:rsidP="00803531">
       <w:pPr>
         <w:pStyle w:val="Contenudetableau"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5565"/>
         </w:tabs>
         <w:ind w:right="6"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C622DB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Adresse </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Adresse mail</w:t>
+      </w:r>
       <w:r w:rsidR="00C04E64">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C622DB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00803531">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -815,51 +805,51 @@
       <w:r w:rsidR="00933A13" w:rsidRPr="00C622DB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">ssociation agréée au titre de l'article L.1114-1 du code de la santé publique : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F6C9D3B" w14:textId="77777777" w:rsidR="00933A13" w:rsidRDefault="00933A13" w:rsidP="00933A13">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64D8C9DB" w14:textId="77777777" w:rsidR="00933A13" w:rsidRPr="001E6D1B" w:rsidRDefault="004E09BF" w:rsidP="001E6D1B">
+    <w:p w14:paraId="64D8C9DB" w14:textId="7D8496B0" w:rsidR="00933A13" w:rsidRPr="001E6D1B" w:rsidRDefault="004E09BF" w:rsidP="001E6D1B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E6D1B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Pour rappel, seules les associations agréées en santé peuvent représenter les usagers. </w:t>
       </w:r>
       <w:r w:rsidR="001E6D1B" w:rsidRPr="001E6D1B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
         </w:rPr>
@@ -875,71 +865,96 @@
       </w:r>
       <w:r w:rsidR="00C622DB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C622DB" w:rsidRPr="00BB7558">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00C622DB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-[...6 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="00ED4FBB" w:rsidRPr="00ED4FBB">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00ED4FBB" w:rsidRPr="00ED4FBB">
+        <w:instrText>HYPERLINK "https://sante.gouv.fr/ministere/acteurs/partenaires/associations-d-usagers-du-systeme-de-sante-agreees"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00ED4FBB" w:rsidRPr="00ED4FBB">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00ED4FBB" w:rsidRPr="00ED4FBB">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Associations</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4FBB" w:rsidRPr="00ED4FBB">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4FBB" w:rsidRPr="00ED4FBB">
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>d'usagers du système de santé agréées - Ministère du Travail, de la Santé, des Solidarités et des Familles</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4FBB" w:rsidRPr="00ED4FBB">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6BC4C633" w14:textId="77777777" w:rsidR="001E6D1B" w:rsidRPr="00BB7558" w:rsidRDefault="001E6D1B" w:rsidP="004134BB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76F48517" w14:textId="77777777" w:rsidR="00933A13" w:rsidRPr="00C622DB" w:rsidRDefault="00181B11" w:rsidP="004134BB">
+    <w:p w14:paraId="76F48517" w14:textId="77777777" w:rsidR="00933A13" w:rsidRPr="00C622DB" w:rsidRDefault="00ED4FBB" w:rsidP="004134BB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:id w:val="179402001"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004134BB">
@@ -3057,111 +3072,111 @@
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0072077E">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>suppléant</w:t>
       </w:r>
       <w:r w:rsidRPr="0072077E">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FF12A91" w14:textId="77777777" w:rsidR="004E09BF" w:rsidRPr="00803531" w:rsidRDefault="004E09BF" w:rsidP="004E09BF">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="1" w:name="_Hlk193708201"/>
-    <w:p w14:paraId="27609F17" w14:textId="2176EBA3" w:rsidR="00803531" w:rsidRPr="00803531" w:rsidRDefault="00181B11" w:rsidP="00803531">
+    <w:p w14:paraId="27609F17" w14:textId="2176EBA3" w:rsidR="00803531" w:rsidRPr="00803531" w:rsidRDefault="00ED4FBB" w:rsidP="00803531">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:id w:val="343910468"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r>
+          <w:r w:rsidR="00181B11">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00803531">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00803531" w:rsidRPr="00803531">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>En cochant cette case, le président de l'association ou son représentant certifie l'exactitude des éléments déclarés dans ce formulaire. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="544020DD" w14:textId="77777777" w:rsidR="00803531" w:rsidRPr="00803531" w:rsidRDefault="00803531" w:rsidP="00803531">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40C3F68C" w14:textId="3F2EBCCB" w:rsidR="00803531" w:rsidRPr="00803531" w:rsidRDefault="00181B11" w:rsidP="00803531">
+    <w:p w14:paraId="40C3F68C" w14:textId="3F2EBCCB" w:rsidR="00803531" w:rsidRPr="00803531" w:rsidRDefault="00ED4FBB" w:rsidP="00803531">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:id w:val="1886523762"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00803531">
@@ -3179,97 +3194,118 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00803531" w:rsidRPr="00803531">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>En cochant cette case, la personne qui a complété le formulaire certifie avoir obtenu l’accord du candidat pour présenter sa candidature et que ce dernier s’engage en cas de désignation à participer avec assiduité aux réunion organisées par la commission de l’établissement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28B4956E" w14:textId="77777777" w:rsidR="00803531" w:rsidRPr="00803531" w:rsidRDefault="00803531" w:rsidP="00803531">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38D62463" w14:textId="50720C83" w:rsidR="00803531" w:rsidRPr="00803531" w:rsidRDefault="00181B11" w:rsidP="00803531">
+    <w:p w14:paraId="38D62463" w14:textId="3E5C0003" w:rsidR="00803531" w:rsidRPr="00803531" w:rsidRDefault="00ED4FBB" w:rsidP="00803531">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="000000"/>
           </w:rPr>
           <w:id w:val="368810672"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00803531">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00803531">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00803531" w:rsidRPr="00803531">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>En cochant cette case, la personne qui a complété le formulaire certifie avoir obtenu l’accord du candidat que les données personnelles le concernant (nom, prénom, adresses, adresses mails professionnelles et personnelles, numéros de téléphone professionnels ou personnels) soient conservées par l’ARS Auvergne-Rhône-Alpes dans un fichier pour la nécessité de la gestion et du suivi de sa candidature et transmises aux établissements de santé concernés, dans le cadre de l’application des dispositions des articles R1112-79 à R1112-94 du code de la santé publique relatifs à la commission des usagers, conformément au règlement général sur la protection des données (RGPD) du 25 mai 2018 et à la loi n° 78-17 du 6 janvier 1978 relative à l’informatique, aux fichiers et aux libertés. </w:t>
+        <w:t>En cochant cette case, la personne qui a complété le formulaire certifie avoir obtenu l’accord du candidat que les données personnelles le concernant (nom, prénom, adresses, adresses mails professionnelles et personnelles, numéros de téléphone professionnels ou personnels) soient conservées par l’ARS Auvergne-Rhône-Alpes dans un fichier pour la nécessité de la gestion et du suivi de sa candidature et transmises aux établissements de santé concernés</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD639A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD639A" w:rsidRPr="00FD639A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ainsi qu’à France Assos Santé</w:t>
+      </w:r>
+      <w:r w:rsidR="00803531" w:rsidRPr="00803531">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, dans le cadre de l’application des dispositions des articles R1112-79 à R1112-94 du code de la santé publique relatifs à la commission des usagers, conformément au règlement général sur la protection des données (RGPD) du 25 mai 2018 et à la loi n° 78-17 du 6 janvier 1978 relative à l’informatique, aux fichiers et aux libertés. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="3DC11658" w14:textId="77777777" w:rsidR="00FF2FE0" w:rsidRDefault="00FF2FE0" w:rsidP="00803531">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61FAEA25" w14:textId="77777777" w:rsidR="004E09BF" w:rsidRPr="0072077E" w:rsidRDefault="00C04E64" w:rsidP="004E09BF">
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Date : le </w:t>
       </w:r>
@@ -3434,163 +3470,163 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02228C73" w14:textId="77777777" w:rsidR="00933A13" w:rsidRPr="00471C81" w:rsidRDefault="00933A13" w:rsidP="00933A13">
       <w:pPr>
         <w:ind w:left="-567" w:firstLine="1985"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00933A13" w:rsidRPr="00471C81" w:rsidSect="00A2446D">
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="964" w:bottom="1418" w:left="964" w:header="709" w:footer="361" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="04B42903" w14:textId="77777777" w:rsidR="001261D5" w:rsidRDefault="001261D5" w:rsidP="005169EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2EE478BA" w14:textId="77777777" w:rsidR="001261D5" w:rsidRDefault="001261D5" w:rsidP="005169EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Marianne">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000000F" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0794DAA2" w14:textId="77777777" w:rsidR="00743934" w:rsidRDefault="00743934" w:rsidP="00743934">
     <w:pPr>
       <w:pStyle w:val="PieddePage2"/>
       <w:rPr>
         <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C45C8D">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79BD213B" wp14:editId="67B0BC22">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>2074596</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10015728</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4400550" cy="511810"/>
@@ -3902,108 +3938,108 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:t>: CS 93383 - 69418 Lyon cedex 03</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="74943C36" w14:textId="77777777" w:rsidR="00743934" w:rsidRDefault="00743934" w:rsidP="00743934">
     <w:pPr>
       <w:pStyle w:val="PieddePage2"/>
       <w:rPr>
         <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:t xml:space="preserve">04 72 34 74 00 </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="75D6C8C4" w14:textId="77777777" w:rsidR="00075A06" w:rsidRDefault="00181B11" w:rsidP="00075A06">
+  <w:p w14:paraId="75D6C8C4" w14:textId="77777777" w:rsidR="00075A06" w:rsidRDefault="00075A06" w:rsidP="00075A06">
     <w:pPr>
       <w:pStyle w:val="PieddePage2"/>
       <w:rPr>
         <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="00075A06">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         </w:rPr>
         <w:t>www.auvergne-rhone-alpes.ars.sante.fr</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
   <w:p w14:paraId="4BE10FCC" w14:textId="77777777" w:rsidR="005169EB" w:rsidRPr="00760E41" w:rsidRDefault="005169EB" w:rsidP="00075A06">
     <w:pPr>
       <w:pStyle w:val="PieddePage2"/>
       <w:rPr>
         <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
         <w:color w:val="2424FF" w:themeColor="text2" w:themeTint="99"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="597F69CA" w14:textId="77777777" w:rsidR="001261D5" w:rsidRDefault="001261D5" w:rsidP="005169EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="115A5D2B" w14:textId="77777777" w:rsidR="001261D5" w:rsidRDefault="001261D5" w:rsidP="005169EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D407F35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0668588"/>
     <w:lvl w:ilvl="0" w:tplc="040C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4868,94 +4904,95 @@
   <w:num w:numId="2" w16cid:durableId="1507407070">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1611203055">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1900704908">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="362755335">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="588732589">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="136338991">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="540551990">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004B5996"/>
     <w:rsid w:val="00002F34"/>
     <w:rsid w:val="000153B6"/>
     <w:rsid w:val="0002469B"/>
     <w:rsid w:val="0004123A"/>
     <w:rsid w:val="00051EA0"/>
     <w:rsid w:val="00070BDA"/>
     <w:rsid w:val="00075248"/>
     <w:rsid w:val="00075A06"/>
     <w:rsid w:val="00083ED4"/>
     <w:rsid w:val="000A0C8A"/>
     <w:rsid w:val="000D24EE"/>
     <w:rsid w:val="00106812"/>
     <w:rsid w:val="00110B08"/>
     <w:rsid w:val="001261D5"/>
     <w:rsid w:val="001436AB"/>
     <w:rsid w:val="00144F9E"/>
+    <w:rsid w:val="00150FD4"/>
     <w:rsid w:val="00165A2F"/>
     <w:rsid w:val="00170343"/>
     <w:rsid w:val="001731C1"/>
     <w:rsid w:val="00181B11"/>
     <w:rsid w:val="00197D32"/>
     <w:rsid w:val="001B565E"/>
     <w:rsid w:val="001E6D1B"/>
     <w:rsid w:val="002059F6"/>
     <w:rsid w:val="0027282D"/>
     <w:rsid w:val="00277D10"/>
     <w:rsid w:val="002907EF"/>
     <w:rsid w:val="002D3520"/>
     <w:rsid w:val="003017E3"/>
     <w:rsid w:val="0031101B"/>
     <w:rsid w:val="00337627"/>
     <w:rsid w:val="00362EE7"/>
     <w:rsid w:val="0037155C"/>
     <w:rsid w:val="00393912"/>
     <w:rsid w:val="00396567"/>
     <w:rsid w:val="003B0663"/>
     <w:rsid w:val="003B3AF2"/>
     <w:rsid w:val="003B55BB"/>
     <w:rsid w:val="003B728E"/>
     <w:rsid w:val="003D6F6A"/>
     <w:rsid w:val="003E3FEF"/>
@@ -5023,109 +5060,114 @@
     <w:rsid w:val="00A523E2"/>
     <w:rsid w:val="00A66B99"/>
     <w:rsid w:val="00A6737D"/>
     <w:rsid w:val="00AB0CC3"/>
     <w:rsid w:val="00AC512E"/>
     <w:rsid w:val="00AD10CA"/>
     <w:rsid w:val="00AD2913"/>
     <w:rsid w:val="00AE3EB0"/>
     <w:rsid w:val="00AE3F93"/>
     <w:rsid w:val="00AE558A"/>
     <w:rsid w:val="00B1344A"/>
     <w:rsid w:val="00B41C35"/>
     <w:rsid w:val="00BC384C"/>
     <w:rsid w:val="00BC7329"/>
     <w:rsid w:val="00BD38B2"/>
     <w:rsid w:val="00BE7F6F"/>
     <w:rsid w:val="00C04E64"/>
     <w:rsid w:val="00C34A2F"/>
     <w:rsid w:val="00C438A2"/>
     <w:rsid w:val="00C45C8D"/>
     <w:rsid w:val="00C545D4"/>
     <w:rsid w:val="00C56F60"/>
     <w:rsid w:val="00C622DB"/>
     <w:rsid w:val="00C668FC"/>
     <w:rsid w:val="00CB0628"/>
+    <w:rsid w:val="00CF5ED9"/>
     <w:rsid w:val="00D13A42"/>
     <w:rsid w:val="00D64D34"/>
     <w:rsid w:val="00D720B7"/>
     <w:rsid w:val="00D74053"/>
     <w:rsid w:val="00D81ED9"/>
     <w:rsid w:val="00DA18C0"/>
     <w:rsid w:val="00DA5ACE"/>
     <w:rsid w:val="00DB29CD"/>
     <w:rsid w:val="00DC513F"/>
     <w:rsid w:val="00DD0B59"/>
     <w:rsid w:val="00DD34BC"/>
     <w:rsid w:val="00DD5FC7"/>
     <w:rsid w:val="00E03BC6"/>
     <w:rsid w:val="00E27020"/>
     <w:rsid w:val="00E474D8"/>
     <w:rsid w:val="00E951B3"/>
+    <w:rsid w:val="00EB2E6A"/>
     <w:rsid w:val="00EC484C"/>
     <w:rsid w:val="00ED1FA6"/>
+    <w:rsid w:val="00ED4FBB"/>
     <w:rsid w:val="00EE240C"/>
     <w:rsid w:val="00EE6124"/>
     <w:rsid w:val="00F453D6"/>
     <w:rsid w:val="00F66C9D"/>
     <w:rsid w:val="00F757EA"/>
     <w:rsid w:val="00FA4F6C"/>
     <w:rsid w:val="00FC44A8"/>
     <w:rsid w:val="00FC514F"/>
+    <w:rsid w:val="00FD639A"/>
+    <w:rsid w:val="00FE2660"/>
     <w:rsid w:val="00FE2891"/>
     <w:rsid w:val="00FF2FE0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6D0E382B"/>
   <w15:docId w15:val="{42A0CD95-52D8-4442-A135-B8FE6A7C223E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5865,51 +5907,51 @@
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00933A13"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="180898989">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="200168951">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6088,51 +6130,51 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2069574065">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://solidarites-sante.gouv.fr/ministere/acteurs/partenaires/associations-d-usagers-du-systeme-de-sante-agreees" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.auvergne-rhone-alpes.sante.gouv.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="CHARTE ETAT ARS ARA">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000091"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E1000F"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="A0A800"/>
       </a:accent1>
@@ -6361,70 +6403,99 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>616</Words>
-  <Characters>3391</Characters>
+  <Words>620</Words>
+  <Characters>3410</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MINISTERE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4000</CharactersWithSpaces>
+  <CharactersWithSpaces>4022</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>HAAS, Cécilia</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-09-17T09:01:24Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>c64ccc63-4249-4f98-91de-46d87c19783c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>