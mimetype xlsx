--- v0 (2026-01-02)
+++ v1 (2026-02-17)
@@ -9,116 +9,116 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\DSP\SE\1_EAUX\Edch\PFAS\résultats eau distribuée\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\EVENEMENTS_EN_COURS\PFAS\0_General\4_EDCH\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0E355213-C39F-492D-B4E7-86230EEB36FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{13A390F5-AAD0-4955-B8FA-F2E2CC20932F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="619" xr2:uid="{B34A86B5-6691-4F43-8964-B45E1E34DFDF}"/>
   </bookViews>
   <sheets>
     <sheet name="suivi_situations_AEP" sheetId="9" r:id="rId1"/>
     <sheet name="champs" sheetId="8" state="hidden" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K23" i="9" l="1"/>
+  <c r="K21" i="9" l="1"/>
+  <c r="K10" i="9"/>
+  <c r="K17" i="9"/>
+  <c r="K16" i="9"/>
   <c r="K9" i="9"/>
-  <c r="K16" i="9"/>
-[...2 lines deleted...]
-  <c r="K6" i="9"/>
+  <c r="K7" i="9"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <metadataTypes count="1">
     <metadataType name="XLMDX" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <metadataStrings count="2">
     <s v="ThisWorkbookDataModel"/>
     <s v="{[Plage].[UGE - Nom].&amp;[C.C. RUMILLY TERRE DE SAVOIE]}"/>
   </metadataStrings>
   <mdxMetadata count="1">
     <mdx n="0" f="s">
       <ms ns="1" c="0"/>
     </mdx>
   </mdxMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="338" uniqueCount="285">
   <si>
     <t>Ressource(s) concernée(s) - EAU BRUTE</t>
   </si>
   <si>
     <t>Installation(s) de production (TTP) et/ou de distribution (UDI) concernéees - EAU DISTRIBUEE</t>
   </si>
   <si>
     <t>Dept</t>
   </si>
   <si>
     <t>Commune - Nom</t>
   </si>
   <si>
     <t>Captage (CAP) - Nom</t>
   </si>
   <si>
     <t>Exploitant (UGE)</t>
   </si>
   <si>
     <t>UDI - Code nat.</t>
   </si>
   <si>
     <t>UDI - Nom</t>
   </si>
   <si>
@@ -933,53 +933,50 @@
   <si>
     <t>S*</t>
   </si>
   <si>
     <t>Incendie/accident historique</t>
   </si>
   <si>
     <t>Médias</t>
   </si>
   <si>
     <t>Activités agricoles</t>
   </si>
   <si>
     <t>ONG/Associations</t>
   </si>
   <si>
     <t>Motifs</t>
   </si>
   <si>
     <t>CS et études</t>
   </si>
   <si>
     <t>Etudes</t>
   </si>
   <si>
-    <t>Plan d'action en cours de mise en œuvre : interconnexion avec réseau AEP public en vue de réaliser une dilution.</t>
-[...1 lines deleted...]
-  <si>
     <t>Saint-Etienne de Saint-Geoirs</t>
   </si>
   <si>
     <t>Forage des Biesses</t>
   </si>
   <si>
     <t>UDI LA PLAINE</t>
   </si>
   <si>
     <t>Beaucroissant</t>
   </si>
   <si>
     <t>Forage des Bains</t>
   </si>
   <si>
     <t>TTP RENAGE MAUBEC
 TTP RENAGE CRIEL</t>
   </si>
   <si>
     <t>SAINT-ETIENNE DE SAINT-GEOIRS (p)</t>
   </si>
   <si>
     <t xml:space="preserve">POINT DE MISE EN DISTRIBUTION / PRODUCTION représentatif de l'eau distribuée </t>
   </si>
   <si>
@@ -998,98 +995,67 @@
     <t>Forage de Bas Beaufort</t>
   </si>
   <si>
     <t>UDI LES POIPES</t>
   </si>
   <si>
     <t>038002202</t>
   </si>
   <si>
     <t xml:space="preserve">UDI - MARCILLOLES RESEAU </t>
   </si>
   <si>
     <t>MARCILLOLES</t>
   </si>
   <si>
     <t>Captage arrêté. Alimentation de l'UDI par un autre forage.  Conformité ok depui 03/2025</t>
   </si>
   <si>
     <t>Plan d'action reçu le 06/05/2025 - Réglages des débits entre les 3 captages concernés. Le pompage de fixation sera en place fin de l'automne.</t>
   </si>
   <si>
     <t>Alimentation de l'unité de distribution par le trop plein de la source de La Frette</t>
   </si>
   <si>
     <t>Mise en œuvre en juillet 2025 du plan d'action de Grand Chambéry grâce à une nouvelle interconnexion avec le Puits de Saint Jean de la Porte pour diminuer l'apport du Puits Pasteur (dilution 50 %) effective depuis le 05/07/25</t>
-  </si>
-[...22 lines deleted...]
-    <t>Mise en place d'un suivi renforcé</t>
   </si>
   <si>
     <t>038001346
 038001313
 038001342</t>
   </si>
   <si>
     <t>UDI RENAGE HAUT SERVICE
 UDI RENAGE CRIEL
 UDI TULLINS-BALMES
 UDI BEAUCROISSANT RESEAU</t>
   </si>
   <si>
     <t>RENAGE (p)</t>
   </si>
   <si>
-    <t>Recherche PFAS - Information de suivi des situations de non-conformité en Auvergne-Rhône-Alpes, aux points représentatifs de l'eau distribuée 
-[...2 lines deleted...]
-  <si>
     <t>038003055</t>
-  </si>
-[...1 lines deleted...]
-    <t>Détails résultats max par molécule (en µg/L, depuis la 1e détection) - EAU DISTRIBUEE</t>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">*Définition d'une situation et critères de conformité, sigles utilisés : </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">1 ligne = 1 situation (peut concerner plusieurs réseaux). 
 </t>
     </r>
     <r>
@@ -1142,91 +1108,210 @@
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>A confirmer</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> : un résultat supérieur à 0,1µg/L --&gt; mise en place d'un suivi renforcé
  (p) à côté d'une commune = commune partiellement desservie par cette ressource.  / CAP : captage, TTP: installation de traitement et de production d'eau, UDI: Unité de distribution, NC : non conforme</t>
     </r>
   </si>
   <si>
     <t>Mise en œuvre d'une mesure de gestion, arrêt d'utilisation d'un des puits. Résultats conformes depuis la mise en œuvre de la mesure</t>
   </si>
   <si>
     <t>Plan d'action reçu le 12/08/2025 - Interconnections avec d'autres réseaux terminée le 20/10/2025. Analyses de vérification du retour à la conformité  conformes (30/10/2025).</t>
   </si>
   <si>
-    <t>Commune de Rezentières</t>
-[...1 lines deleted...]
-  <si>
     <t>Mariac</t>
   </si>
   <si>
     <t>TRAPAYAC</t>
   </si>
   <si>
     <t>007001560</t>
   </si>
   <si>
     <t>UDI - MARIAC TRAPAYAC</t>
   </si>
   <si>
     <t>07150</t>
   </si>
   <si>
     <t>CCVE AFFERMEE (SAUR)</t>
   </si>
   <si>
     <t>MARIAC(p)</t>
+  </si>
+  <si>
+    <t>Thil</t>
+  </si>
+  <si>
+    <t>01120</t>
+  </si>
+  <si>
+    <t>Puits de Thil</t>
+  </si>
+  <si>
+    <t>SI THIL NIEVROZ AFFERMEE SUEZ</t>
+  </si>
+  <si>
+    <t>TTP (CLG) THIL NIEVROZ (réservoir de Thil)</t>
+  </si>
+  <si>
+    <t>001000763</t>
+  </si>
+  <si>
+    <t>UDI -SIE THIL NIEVROZ
+UDI-LA BOISSE BAS  SERVICE (achat d'eau)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> THIL , NIEVROZ, LA BOISSE (p)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Série d'analyses en cours pour recontrôles.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Poncin </t>
+  </si>
+  <si>
+    <t>01450</t>
+  </si>
+  <si>
+    <t>Puits de L'allement</t>
+  </si>
+  <si>
+    <t>PONCIN</t>
+  </si>
+  <si>
+    <t>TTP (CLG) PONCIN L'ALLEMENT</t>
+  </si>
+  <si>
+    <t>01000732</t>
+  </si>
+  <si>
+    <t>UDI- PONCIN ALLEMENT</t>
+  </si>
+  <si>
+    <t>PONCIN (p) (HAMEAU DE L'ALLEMENT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prélèvement eau brute non conforme (23/12/25) -Prélèvements de contrôles en cours. </t>
+  </si>
+  <si>
+    <t>Mise à jour : 
+résultats jusqu'au 08/01/2026</t>
+  </si>
+  <si>
+    <t>Plan d'action en cours de mise en œuvre : interconnexion avec réseau AEP public réalisée (1 prélèvement conforme), en vue de réaliser une dilution.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Détails résultats max par molécule (en µg/L, </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="13"/>
+        <color theme="0"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>historique depuis la 1e détection</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="13"/>
+        <color theme="0"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>) - EAU DISTRIBUEE</t>
+    </r>
+  </si>
+  <si>
+    <t>Recherche PFAS - Information de suivi des situations de non-conformité en Auvergne-Rhône-Alpes, aux points représentatifs de l'eau distribuée 
+ Liste des réseaux et communes concernées, concentrations maximales atteintes depuis le premier prélèvement non-conforme</t>
   </si>
   <si>
     <t xml:space="preserve">Plan d'actions reçu le 19/12/2023
 (concerne l'ensemble des UDI alimentées par l'eau des captages de Ternay)
-Plan d'action complémentaire reçu le 14/03/25 concernant la modification de la filière de traitement (retour à la conformité prévue fin 2025 avec la mise en service des 2 premiers filtres sur un total de 6 filtres). </t>
-[...3 lines deleted...]
-résultats jusqu'au 1/11/2025</t>
+Plan d'action complémentaire reçu le 14/03/25 concernant la modification de la filière de traitement. Retour à la conformité constaté le 15 décembre 2025 à la TTP Ternay (35 ng/L pour 20 PFAS) suite à la mise en service du 2ème nouveau filtre </t>
+  </si>
+  <si>
+    <t>SITUATION SANITAIRE LORS DU BILAN (qualité de l'eau distribuée)</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">POUR INFORMATION : HISTORIQUE DES RESULTATS PFAS SUR L'EAU DISTRIBUEE
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">(non représentatif de la qualité de l'eau actuelle : se référer à la situation sanitaire </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>du bilan - colonnes précédentes)</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.000"/>
   </numFmts>
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -1280,146 +1365,155 @@
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="3"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="13"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.249977111117893"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.499984740745262"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.39997558519241921"/>
-[...5 lines deleted...]
-        <fgColor theme="4" tint="0.39997558519241921"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFFFF"/>
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor theme="4" tint="0.79998168889431442"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
-        <bgColor indexed="64"/>
+        <fgColor theme="0" tint="-0.249977111117893"/>
+        <bgColor theme="4"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="43">
+  <borders count="54">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="7" tint="0.39994506668294322"/>
       </left>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...22 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="7" tint="0.39994506668294322"/>
       </right>
       <top style="thin">
         <color theme="7" tint="0.39994506668294322"/>
       </top>
       <bottom style="thin">
         <color theme="7" tint="0.39994506668294322"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="7" tint="0.39994506668294322"/>
       </left>
       <right style="thin">
         <color theme="7" tint="0.39994506668294322"/>
       </right>
       <top style="thin">
         <color theme="7" tint="0.39994506668294322"/>
       </top>
@@ -1923,412 +2017,603 @@
         <color theme="7" tint="0.39985351115451523"/>
       </right>
       <top style="thin">
         <color theme="7" tint="0.39985351115451523"/>
       </top>
       <bottom style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="7" tint="0.39988402966399123"/>
       </left>
       <right style="thin">
         <color theme="7" tint="0.39988402966399123"/>
       </right>
       <top style="thin">
         <color theme="7" tint="0.39988402966399123"/>
       </top>
       <bottom style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color theme="7" tint="0.39994506668294322"/>
+      </left>
+      <right style="medium">
+        <color theme="7" tint="0.39994506668294322"/>
+      </right>
+      <top style="thin">
+        <color theme="7" tint="0.39994506668294322"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="7" tint="0.39994506668294322"/>
+      </left>
+      <right style="thin">
+        <color theme="7" tint="0.39991454817346722"/>
+      </right>
+      <top style="thin">
+        <color theme="7" tint="0.39991454817346722"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="7" tint="0.39991454817346722"/>
+      </left>
+      <right style="thin">
+        <color theme="7" tint="0.39991454817346722"/>
+      </right>
+      <top style="thin">
+        <color theme="7" tint="0.39991454817346722"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="7" tint="0.39991454817346722"/>
+      </left>
+      <right style="medium">
+        <color theme="7" tint="0.39991454817346722"/>
+      </right>
+      <top style="thin">
+        <color theme="7" tint="0.39991454817346722"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="7" tint="0.39988402966399123"/>
+      </left>
+      <right style="thin">
+        <color theme="7" tint="0.39988402966399123"/>
+      </right>
+      <top style="thin">
+        <color theme="7" tint="0.39988402966399123"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="7" tint="0.39988402966399123"/>
+      </left>
+      <right style="medium">
+        <color theme="7" tint="0.39988402966399123"/>
+      </right>
+      <top style="thin">
+        <color theme="7" tint="0.39988402966399123"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="7" tint="0.39985351115451523"/>
+      </left>
+      <right style="thin">
+        <color theme="7" tint="0.39985351115451523"/>
+      </right>
+      <top style="thin">
+        <color theme="7" tint="0.39985351115451523"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color theme="7" tint="0.39985351115451523"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="7" tint="0.39985351115451523"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color theme="7" tint="0.39985351115451523"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="93">
+  <cellXfs count="119">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...34 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="10" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="10" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="7" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="0" fillId="7" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="7" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="7" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="0" fillId="7" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="51">
-[...29 lines deleted...]
-    </dxf>
+  <dxfs count="46">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C5700"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
-        </patternFill>
-[...18 lines deleted...]
-          <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C5700"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
@@ -3037,88 +3322,88 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="78442" y="56029"/>
           <a:ext cx="1802465" cy="759571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{BD5088C4-124E-4523-8C84-DA8160F0BB16}" name="Tableau23" displayName="Tableau23" ref="A4:AI23" totalsRowShown="0" headerRowDxfId="50" dataDxfId="49">
-  <autoFilter ref="A4:AI23" xr:uid="{378A5117-7449-4BF6-9F61-D230C80486B9}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{BD5088C4-124E-4523-8C84-DA8160F0BB16}" name="Tableau23" displayName="Tableau23" ref="A5:AI25" totalsRowShown="0" headerRowDxfId="45" dataDxfId="44">
+  <autoFilter ref="A5:AI25" xr:uid="{378A5117-7449-4BF6-9F61-D230C80486B9}"/>
   <tableColumns count="35">
-    <tableColumn id="2" xr3:uid="{22D932BC-9611-46A2-932E-BFA81151752B}" name="Dept" dataDxfId="48"/>
-[...33 lines deleted...]
-    <tableColumn id="39" xr3:uid="{8FD2F820-CD59-4782-97A1-53784273A79A}" name="Max PFUnDs" dataDxfId="14"/>
+    <tableColumn id="2" xr3:uid="{22D932BC-9611-46A2-932E-BFA81151752B}" name="Dept" dataDxfId="43"/>
+    <tableColumn id="56" xr3:uid="{446E6433-02A0-4F71-88D7-5F6680F13F2F}" name="Commune - Nom" dataDxfId="42"/>
+    <tableColumn id="49" xr3:uid="{694A53C4-3AE4-40C0-9031-2310D100511C}" name="Commune - Code INSEE" dataDxfId="41"/>
+    <tableColumn id="5" xr3:uid="{D5881F4E-6080-489D-A21C-9BB32BB5F9A5}" name="Captage (CAP) - Nom" dataDxfId="40"/>
+    <tableColumn id="6" xr3:uid="{AA406C4F-8436-44A4-8D3F-45702FE91775}" name="Exploitant (UGE)" dataDxfId="39"/>
+    <tableColumn id="7" xr3:uid="{B69F5CF4-2641-4DBB-9E13-D877CB84AAE8}" name="POINT DE MISE EN DISTRIBUTION / PRODUCTION représentatif de l'eau distribuée " dataDxfId="38"/>
+    <tableColumn id="48" xr3:uid="{D57F9CA7-1DFA-4BFF-8745-7BDE26E4E5D1}" name="UDI - Code nat." dataDxfId="37"/>
+    <tableColumn id="8" xr3:uid="{F97F11A7-3F22-4BFB-85D3-3C85F9A74284}" name="UDI - Nom" dataDxfId="36"/>
+    <tableColumn id="9" xr3:uid="{E6FCE0A7-B03A-4047-8D1D-1EC4BE315CC5}" name="Nb total UDI" dataDxfId="35"/>
+    <tableColumn id="42" xr3:uid="{C64CBD72-257A-4DEE-804A-A22CBD71276E}" name="COMMUNES POTENTIELLEMENT CONCERNEES en partie (p) ou totalité" dataDxfId="34"/>
+    <tableColumn id="10" xr3:uid="{215012F6-A3E9-4AB8-8E42-DE0A42E82DE0}" name="Population impactée (estimation)" dataDxfId="33"/>
+    <tableColumn id="44" xr3:uid="{60EBCF99-F2E4-48BB-ACE4-28A7200FECF3}" name="Etat de la situation " dataDxfId="32"/>
+    <tableColumn id="45" xr3:uid="{FDD6C36F-BA47-4FF2-A7BC-F5523969E572}" name="Précisions" dataDxfId="31"/>
+    <tableColumn id="16" xr3:uid="{4BB15EF0-BBAB-468A-9F7B-9B9B1348B6C1}" name="Date 1er PLV NC" dataDxfId="30"/>
+    <tableColumn id="19" xr3:uid="{8AEFC4AD-89DB-4F92-9FF4-D82063D38BB8}" name="Max ∑20PFAS " dataDxfId="29"/>
+    <tableColumn id="20" xr3:uid="{2ABF84E6-F314-4F0A-92A5-6B37BA98FA6C}" name="Max PFBA" dataDxfId="28"/>
+    <tableColumn id="22" xr3:uid="{3C9C3963-CD94-4C7E-B24D-FAAD5F346F03}" name="Max PFBS" dataDxfId="27"/>
+    <tableColumn id="23" xr3:uid="{9A11B34A-4028-4BFB-842F-022EB0198DBC}" name="Max PFDA" dataDxfId="26"/>
+    <tableColumn id="24" xr3:uid="{AFE0078C-5847-49DC-9263-CCC4D6FBC2F2}" name="Max PFDoDa" dataDxfId="25"/>
+    <tableColumn id="25" xr3:uid="{481D2A20-23BC-4A04-A309-9A3B2ADF8EB6}" name="Max PFDoDs" dataDxfId="24"/>
+    <tableColumn id="26" xr3:uid="{F19BC16E-A3C9-4315-BA74-01C37EAF9045}" name="Max PFDS" dataDxfId="23"/>
+    <tableColumn id="27" xr3:uid="{D79980A7-3842-40FF-AF88-25AF9E1CD82A}" name="Max PFHpA" dataDxfId="22"/>
+    <tableColumn id="28" xr3:uid="{89333D32-898E-4695-8AE7-C66FC9909E6F}" name="Max PFHpS" dataDxfId="21"/>
+    <tableColumn id="29" xr3:uid="{D7632CDD-76A1-43E7-BB4A-93CA3789DF51}" name="Max PFHxA" dataDxfId="20"/>
+    <tableColumn id="30" xr3:uid="{BE9B4D57-38AC-452B-91F5-4DDFAFA0A5B5}" name="Max PFHxS" dataDxfId="19"/>
+    <tableColumn id="31" xr3:uid="{563E2310-4399-42C8-AA52-3D27418557F0}" name="Max PFNA" dataDxfId="18"/>
+    <tableColumn id="32" xr3:uid="{15C40F09-C9CA-48EA-9669-859897A86728}" name="Max PFNS" dataDxfId="17"/>
+    <tableColumn id="33" xr3:uid="{2AD9370A-71D8-4DB5-8A46-C12C6ACB01FF}" name="Max PFOA" dataDxfId="16"/>
+    <tableColumn id="54" xr3:uid="{2BC52B9A-892E-4B42-897F-FCE5C5F592C3}" name="Max PFOS" dataDxfId="15"/>
+    <tableColumn id="34" xr3:uid="{C12EF124-9B21-4CE7-8870-8A7D30E91E43}" name="Max PFPeA" dataDxfId="14"/>
+    <tableColumn id="35" xr3:uid="{5AB581EA-BBB1-4530-B169-FE35665F9C48}" name="Max PFPS" dataDxfId="13"/>
+    <tableColumn id="36" xr3:uid="{0E8E6C93-4E81-4415-8100-28504F047B73}" name="Max PFTrDa" dataDxfId="12"/>
+    <tableColumn id="37" xr3:uid="{53D32CA4-6361-41AC-BFA1-77B4FB68A2F0}" name="Max PFTrDs" dataDxfId="11"/>
+    <tableColumn id="38" xr3:uid="{0E6440B9-C890-4B24-A689-C89B8E4573F0}" name="Max PFUnDa" dataDxfId="10"/>
+    <tableColumn id="39" xr3:uid="{8FD2F820-CD59-4782-97A1-53784273A79A}" name="Max PFUnDs" dataDxfId="9"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -3401,2412 +3686,2567 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{89029532-2CAC-4CA7-B736-A4086B32CB6C}">
-  <dimension ref="A1:AI23"/>
+  <dimension ref="A1:AJ25"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="5" topLeftCell="C6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="E1" sqref="E1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="K1" sqref="K1"/>
+      <selection pane="bottomRight" activeCell="A2" sqref="A2:J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" outlineLevelCol="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="8.7265625" customWidth="1"/>
     <col min="2" max="2" width="24.453125" customWidth="1"/>
     <col min="3" max="3" width="14.26953125" customWidth="1" outlineLevel="1"/>
     <col min="4" max="4" width="30.81640625" customWidth="1" outlineLevel="1"/>
     <col min="5" max="5" width="26.1796875" customWidth="1" outlineLevel="1"/>
     <col min="6" max="6" width="27.81640625" customWidth="1"/>
     <col min="7" max="7" width="10.453125" customWidth="1" outlineLevel="1"/>
     <col min="8" max="8" width="33.7265625" customWidth="1" outlineLevel="1"/>
     <col min="9" max="9" width="14.7265625" customWidth="1" outlineLevel="1"/>
     <col min="10" max="10" width="42.54296875" customWidth="1" outlineLevel="1"/>
     <col min="11" max="12" width="17.453125" customWidth="1"/>
     <col min="13" max="13" width="41.26953125" customWidth="1"/>
-    <col min="14" max="14" width="14.453125" style="75" customWidth="1"/>
-[...19 lines deleted...]
-    <col min="36" max="36" width="49.1796875" customWidth="1"/>
+    <col min="14" max="14" width="14.453125" style="64" customWidth="1"/>
+    <col min="16" max="16" width="11.453125" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="17" max="18" width="8.453125" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="19" max="19" width="8.54296875" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="20" max="20" width="8.453125" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="21" max="21" width="9.7265625" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="22" max="22" width="8" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="23" max="23" width="9.54296875" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="24" max="24" width="9.1796875" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="25" max="25" width="8.26953125" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="26" max="26" width="7.453125" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="27" max="27" width="7.26953125" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="28" max="28" width="7.81640625" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="29" max="29" width="8" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="30" max="30" width="8.453125" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="31" max="31" width="9.453125" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="32" max="32" width="8" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="33" max="33" width="8.54296875" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="34" max="34" width="8" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="35" max="35" width="7.7265625" style="63" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="36" max="36" width="49.1796875" customWidth="1" collapsed="1"/>
     <col min="37" max="37" width="22.7265625" customWidth="1"/>
     <col min="38" max="38" width="38.54296875" customWidth="1"/>
     <col min="39" max="39" width="43.7265625" customWidth="1"/>
     <col min="40" max="40" width="29.54296875" customWidth="1"/>
     <col min="41" max="42" width="34.7265625" customWidth="1"/>
     <col min="43" max="43" width="21.54296875" customWidth="1"/>
     <col min="44" max="44" width="14.26953125" customWidth="1"/>
     <col min="47" max="47" width="23" customWidth="1"/>
     <col min="48" max="48" width="16.54296875" customWidth="1"/>
     <col min="49" max="49" width="18.81640625" customWidth="1"/>
     <col min="50" max="54" width="24" customWidth="1"/>
     <col min="55" max="55" width="8" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:35" s="12" customFormat="1" ht="66" customHeight="1" x14ac:dyDescent="0.35">
-[...37 lines deleted...]
-      <c r="AI1" s="68"/>
+    <row r="1" spans="1:35" s="11" customFormat="1" ht="66" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="58"/>
+      <c r="B1" s="60"/>
+      <c r="C1" s="108" t="s">
+        <v>281</v>
+      </c>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="108"/>
+      <c r="G1" s="108"/>
+      <c r="H1" s="108"/>
+      <c r="I1" s="108"/>
+      <c r="J1" s="62" t="s">
+        <v>278</v>
+      </c>
+      <c r="K1" s="61"/>
+      <c r="M1" s="59"/>
+      <c r="N1" s="58"/>
+      <c r="O1" s="59"/>
+      <c r="P1" s="58"/>
+      <c r="Q1" s="58"/>
+      <c r="R1" s="58"/>
+      <c r="S1" s="58"/>
+      <c r="T1" s="58"/>
+      <c r="U1" s="58"/>
+      <c r="V1" s="58"/>
+      <c r="W1" s="58"/>
+      <c r="X1" s="58"/>
+      <c r="Y1" s="58"/>
+      <c r="Z1" s="58"/>
+      <c r="AA1" s="58"/>
+      <c r="AB1" s="58"/>
+      <c r="AC1" s="58"/>
+      <c r="AD1" s="58"/>
+      <c r="AE1" s="58"/>
+      <c r="AF1" s="58"/>
+      <c r="AG1" s="58"/>
+      <c r="AH1" s="58"/>
+      <c r="AI1" s="58"/>
     </row>
-    <row r="2" spans="1:35" s="12" customFormat="1" ht="51" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...36 lines deleted...]
-      <c r="AI2" s="68"/>
+    <row r="2" spans="1:35" s="11" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="107" t="s">
+        <v>250</v>
+      </c>
+      <c r="B2" s="107"/>
+      <c r="C2" s="107"/>
+      <c r="D2" s="107"/>
+      <c r="E2" s="107"/>
+      <c r="F2" s="107"/>
+      <c r="G2" s="107"/>
+      <c r="H2" s="107"/>
+      <c r="I2" s="107"/>
+      <c r="J2" s="107"/>
+      <c r="K2" s="59"/>
+      <c r="L2" s="59"/>
+      <c r="M2" s="59"/>
+      <c r="N2" s="58"/>
+      <c r="O2" s="59"/>
+      <c r="P2" s="58"/>
+      <c r="Q2" s="58"/>
+      <c r="R2" s="58"/>
+      <c r="S2" s="58"/>
+      <c r="T2" s="58"/>
+      <c r="U2" s="58"/>
+      <c r="V2" s="58"/>
+      <c r="W2" s="58"/>
+      <c r="X2" s="58"/>
+      <c r="Y2" s="58"/>
+      <c r="Z2" s="58"/>
+      <c r="AA2" s="58"/>
+      <c r="AB2" s="58"/>
+      <c r="AC2" s="58"/>
+      <c r="AD2" s="58"/>
+      <c r="AE2" s="58"/>
+      <c r="AF2" s="58"/>
+      <c r="AG2" s="58"/>
+      <c r="AH2" s="58"/>
+      <c r="AI2" s="58"/>
     </row>
-    <row r="3" spans="1:35" s="1" customFormat="1" ht="17" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="F3" s="2" t="s">
+    <row r="3" spans="1:35" s="11" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="105"/>
+      <c r="B3" s="105"/>
+      <c r="C3" s="105"/>
+      <c r="D3" s="105"/>
+      <c r="E3" s="105"/>
+      <c r="F3" s="118" t="s">
+        <v>283</v>
+      </c>
+      <c r="G3" s="118"/>
+      <c r="H3" s="118"/>
+      <c r="I3" s="118"/>
+      <c r="J3" s="118"/>
+      <c r="K3" s="118"/>
+      <c r="L3" s="118"/>
+      <c r="M3" s="118"/>
+      <c r="N3" s="115" t="s">
+        <v>284</v>
+      </c>
+      <c r="O3" s="116"/>
+      <c r="P3" s="116"/>
+      <c r="Q3" s="116"/>
+      <c r="R3" s="116"/>
+      <c r="S3" s="116"/>
+      <c r="T3" s="116"/>
+      <c r="U3" s="116"/>
+      <c r="V3" s="116"/>
+      <c r="W3" s="116"/>
+      <c r="X3" s="116"/>
+      <c r="Y3" s="116"/>
+      <c r="Z3" s="116"/>
+      <c r="AA3" s="116"/>
+      <c r="AB3" s="116"/>
+      <c r="AC3" s="116"/>
+      <c r="AD3" s="116"/>
+      <c r="AE3" s="116"/>
+      <c r="AF3" s="116"/>
+      <c r="AG3" s="116"/>
+      <c r="AH3" s="116"/>
+      <c r="AI3" s="117"/>
+    </row>
+    <row r="4" spans="1:35" s="1" customFormat="1" ht="17" x14ac:dyDescent="0.35">
+      <c r="A4" s="44" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="51"/>
+      <c r="C4" s="51"/>
+      <c r="D4" s="51"/>
+      <c r="E4" s="51"/>
+      <c r="F4" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="G3" s="3"/>
-[...29 lines deleted...]
-      <c r="AI3" s="73"/>
+      <c r="G4" s="3"/>
+      <c r="H4" s="3"/>
+      <c r="I4" s="3"/>
+      <c r="J4" s="3"/>
+      <c r="K4" s="3"/>
+      <c r="L4" s="3"/>
+      <c r="M4" s="3"/>
+      <c r="N4" s="109" t="s">
+        <v>280</v>
+      </c>
+      <c r="O4" s="110"/>
+      <c r="P4" s="111"/>
+      <c r="Q4" s="111"/>
+      <c r="R4" s="111"/>
+      <c r="S4" s="111"/>
+      <c r="T4" s="111"/>
+      <c r="U4" s="111"/>
+      <c r="V4" s="111"/>
+      <c r="W4" s="111"/>
+      <c r="X4" s="111"/>
+      <c r="Y4" s="111"/>
+      <c r="Z4" s="111"/>
+      <c r="AA4" s="111"/>
+      <c r="AB4" s="111"/>
+      <c r="AC4" s="111"/>
+      <c r="AD4" s="111"/>
+      <c r="AE4" s="111"/>
+      <c r="AF4" s="111"/>
+      <c r="AG4" s="111"/>
+      <c r="AH4" s="111"/>
+      <c r="AI4" s="111"/>
     </row>
-    <row r="4" spans="1:35" s="12" customFormat="1" ht="66" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="4" t="s">
+    <row r="5" spans="1:35" s="11" customFormat="1" ht="66" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="B5" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="5" t="s">
+      <c r="C5" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="D5" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E4" s="6" t="s">
+      <c r="E5" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F4" s="7" t="s">
+      <c r="F5" s="7" t="s">
+        <v>232</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="I5" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="J5" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="K5" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="L5" s="106" t="s">
+        <v>11</v>
+      </c>
+      <c r="M5" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="N5" s="112" t="s">
+        <v>13</v>
+      </c>
+      <c r="O5" s="113" t="s">
+        <v>14</v>
+      </c>
+      <c r="P5" s="113" t="s">
+        <v>15</v>
+      </c>
+      <c r="Q5" s="113" t="s">
+        <v>16</v>
+      </c>
+      <c r="R5" s="113" t="s">
+        <v>17</v>
+      </c>
+      <c r="S5" s="113" t="s">
+        <v>18</v>
+      </c>
+      <c r="T5" s="113" t="s">
+        <v>19</v>
+      </c>
+      <c r="U5" s="113" t="s">
+        <v>20</v>
+      </c>
+      <c r="V5" s="113" t="s">
+        <v>21</v>
+      </c>
+      <c r="W5" s="113" t="s">
+        <v>22</v>
+      </c>
+      <c r="X5" s="113" t="s">
+        <v>23</v>
+      </c>
+      <c r="Y5" s="113" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z5" s="113" t="s">
+        <v>25</v>
+      </c>
+      <c r="AA5" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="AB5" s="113" t="s">
+        <v>27</v>
+      </c>
+      <c r="AC5" s="113" t="s">
+        <v>28</v>
+      </c>
+      <c r="AD5" s="113" t="s">
+        <v>29</v>
+      </c>
+      <c r="AE5" s="113" t="s">
+        <v>30</v>
+      </c>
+      <c r="AF5" s="113" t="s">
+        <v>31</v>
+      </c>
+      <c r="AG5" s="113" t="s">
+        <v>32</v>
+      </c>
+      <c r="AH5" s="113" t="s">
+        <v>33</v>
+      </c>
+      <c r="AI5" s="114" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6" spans="1:35" s="11" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="B6" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" s="13" t="s">
+        <v>190</v>
+      </c>
+      <c r="D6" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="I6" s="16">
+        <v>1</v>
+      </c>
+      <c r="J6" s="19" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" s="20">
+        <v>12822</v>
+      </c>
+      <c r="L6" s="37" t="s">
         <v>233</v>
       </c>
-      <c r="G4" s="8" t="s">
-[...84 lines deleted...]
-        <v>34</v>
+      <c r="M6" s="53" t="s">
+        <v>251</v>
+      </c>
+      <c r="N6" s="21">
+        <v>45765</v>
+      </c>
+      <c r="O6" s="47">
+        <v>0.153</v>
+      </c>
+      <c r="P6" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="Q6" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="R6" s="17">
+        <v>0</v>
+      </c>
+      <c r="S6" s="17">
+        <v>0</v>
+      </c>
+      <c r="T6" s="17">
+        <v>0</v>
+      </c>
+      <c r="U6" s="17">
+        <v>0</v>
+      </c>
+      <c r="V6" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="W6" s="17">
+        <v>0</v>
+      </c>
+      <c r="X6" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="Y6" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="Z6" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA6" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB6" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AC6" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AD6" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AE6" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF6" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG6" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH6" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI6" s="17">
+        <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:35" s="12" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
-[...107 lines deleted...]
-      <c r="A6" s="13" t="s">
+    <row r="7" spans="1:35" s="11" customFormat="1" ht="32" x14ac:dyDescent="0.35">
+      <c r="A7" s="12" t="s">
         <v>137</v>
       </c>
-      <c r="B6" s="39" t="s">
+      <c r="B7" s="35" t="s">
         <v>110</v>
       </c>
-      <c r="C6" s="39" t="s">
+      <c r="C7" s="35" t="s">
         <v>138</v>
       </c>
-      <c r="D6" s="43" t="s">
+      <c r="D7" s="39" t="s">
         <v>111</v>
       </c>
-      <c r="E6" s="43" t="s">
+      <c r="E7" s="39" t="s">
         <v>109</v>
       </c>
-      <c r="F6" s="16" t="s">
+      <c r="F7" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="G6" s="17" t="s">
+      <c r="G7" s="16" t="s">
         <v>140</v>
       </c>
-      <c r="H6" s="17" t="s">
+      <c r="H7" s="16" t="s">
         <v>141</v>
       </c>
-      <c r="I6" s="40">
+      <c r="I7" s="36">
         <v>2</v>
       </c>
-      <c r="J6" s="17" t="s">
+      <c r="J7" s="16" t="s">
         <v>142</v>
       </c>
-      <c r="K6" s="21">
+      <c r="K7" s="20">
         <f>1775+582</f>
         <v>2357</v>
       </c>
-      <c r="L6" s="41" t="s">
-[...2 lines deleted...]
-      <c r="M6" s="44" t="s">
+      <c r="L7" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M7" s="40" t="s">
         <v>143</v>
       </c>
-      <c r="N6" s="22">
+      <c r="N7" s="21">
         <v>45434</v>
       </c>
-      <c r="O6" s="18">
+      <c r="O7" s="17">
         <v>0.112</v>
       </c>
-      <c r="P6" s="18">
+      <c r="P7" s="17">
         <v>1.4999999999999999E-2</v>
       </c>
-      <c r="Q6" s="18">
+      <c r="Q7" s="17">
         <v>7.0000000000000001E-3</v>
       </c>
-      <c r="R6" s="18">
+      <c r="R7" s="17">
         <v>2E-3</v>
       </c>
-      <c r="S6" s="18">
-[...8 lines deleted...]
-      <c r="V6" s="18">
+      <c r="S7" s="17">
+        <v>0</v>
+      </c>
+      <c r="T7" s="17">
+        <v>0</v>
+      </c>
+      <c r="U7" s="17">
+        <v>0</v>
+      </c>
+      <c r="V7" s="17">
         <v>1.2999999999999999E-2</v>
       </c>
-      <c r="W6" s="18">
-[...2 lines deleted...]
-      <c r="X6" s="18">
+      <c r="W7" s="17">
+        <v>0</v>
+      </c>
+      <c r="X7" s="17">
         <v>1.7999999999999999E-2</v>
       </c>
-      <c r="Y6" s="18">
+      <c r="Y7" s="17">
         <v>0.01</v>
       </c>
-      <c r="Z6" s="18">
+      <c r="Z7" s="17">
         <v>2E-3</v>
       </c>
-      <c r="AA6" s="18">
-[...2 lines deleted...]
-      <c r="AB6" s="18">
+      <c r="AA7" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB7" s="17">
         <v>0.01</v>
       </c>
-      <c r="AC6" s="18">
+      <c r="AC7" s="17">
         <v>1.9E-2</v>
       </c>
-      <c r="AD6" s="18">
+      <c r="AD7" s="17">
         <v>2.5999999999999999E-2</v>
       </c>
-      <c r="AE6" s="18">
+      <c r="AE7" s="17">
         <v>2E-3</v>
       </c>
-      <c r="AF6" s="18">
-[...8 lines deleted...]
-      <c r="AI6" s="53">
+      <c r="AF7" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG7" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH7" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI7" s="48">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:35" s="12" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="13" t="s">
+    <row r="8" spans="1:35" s="11" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="12" t="s">
         <v>137</v>
       </c>
-      <c r="B7" s="39" t="s">
+      <c r="B8" s="35" t="s">
         <v>144</v>
       </c>
-      <c r="C7" s="39" t="s">
+      <c r="C8" s="35" t="s">
         <v>145</v>
       </c>
-      <c r="D7" s="14" t="s">
+      <c r="D8" s="13" t="s">
         <v>114</v>
       </c>
-      <c r="E7" s="45" t="s">
+      <c r="E8" s="41" t="s">
         <v>113</v>
       </c>
-      <c r="F7" s="16" t="s">
+      <c r="F8" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="G7" s="19" t="s">
+      <c r="G8" s="18" t="s">
         <v>147</v>
       </c>
-      <c r="H7" s="17" t="s">
+      <c r="H8" s="16" t="s">
         <v>148</v>
       </c>
-      <c r="I7" s="40">
+      <c r="I8" s="36">
         <v>1</v>
       </c>
-      <c r="J7" s="17" t="s">
+      <c r="J8" s="16" t="s">
         <v>149</v>
       </c>
-      <c r="K7" s="21">
+      <c r="K8" s="20">
         <v>26470</v>
       </c>
-      <c r="L7" s="41" t="s">
-[...2 lines deleted...]
-      <c r="M7" s="42" t="s">
+      <c r="L8" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M8" s="38" t="s">
         <v>150</v>
       </c>
-      <c r="N7" s="22">
+      <c r="N8" s="21">
         <v>45350</v>
       </c>
-      <c r="O7" s="18">
+      <c r="O8" s="17">
         <v>0.20599999999999999</v>
       </c>
-      <c r="P7" s="18">
+      <c r="P8" s="17">
         <v>8.9999999999999993E-3</v>
       </c>
-      <c r="Q7" s="18">
+      <c r="Q8" s="17">
         <v>1.0999999999999999E-2</v>
       </c>
-      <c r="R7" s="18">
-[...11 lines deleted...]
-      <c r="V7" s="18">
+      <c r="R8" s="17">
+        <v>0</v>
+      </c>
+      <c r="S8" s="17">
+        <v>0</v>
+      </c>
+      <c r="T8" s="17">
+        <v>0</v>
+      </c>
+      <c r="U8" s="17">
+        <v>0</v>
+      </c>
+      <c r="V8" s="17">
         <v>1.0999999999999999E-2</v>
       </c>
-      <c r="W7" s="18">
+      <c r="W8" s="17">
         <v>4.0000000000000001E-3</v>
       </c>
-      <c r="X7" s="18">
+      <c r="X8" s="17">
         <v>4.5999999999999999E-2</v>
       </c>
-      <c r="Y7" s="18">
+      <c r="Y8" s="17">
         <v>5.6000000000000001E-2</v>
       </c>
-      <c r="Z7" s="18">
-[...5 lines deleted...]
-      <c r="AB7" s="18">
+      <c r="Z8" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA8" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB8" s="17">
         <v>2.4E-2</v>
       </c>
-      <c r="AC7" s="18">
+      <c r="AC8" s="17">
         <v>2.5000000000000001E-2</v>
       </c>
-      <c r="AD7" s="18">
+      <c r="AD8" s="17">
         <v>1.4999999999999999E-2</v>
       </c>
-      <c r="AE7" s="18">
+      <c r="AE8" s="17">
         <v>1.0999999999999999E-2</v>
       </c>
-      <c r="AF7" s="18">
-[...8 lines deleted...]
-      <c r="AI7" s="53">
+      <c r="AF8" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG8" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH8" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI8" s="48">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:35" s="12" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="13" t="s">
+    <row r="9" spans="1:35" s="11" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="12" t="s">
         <v>151</v>
       </c>
-      <c r="B8" s="39" t="s">
+      <c r="B9" s="35" t="s">
         <v>119</v>
       </c>
-      <c r="C8" s="39" t="s">
+      <c r="C9" s="35" t="s">
         <v>152</v>
       </c>
-      <c r="D8" s="14" t="s">
+      <c r="D9" s="13" t="s">
         <v>153</v>
       </c>
-      <c r="E8" s="45" t="s">
+      <c r="E9" s="41" t="s">
         <v>154</v>
       </c>
-      <c r="F8" s="16" t="s">
+      <c r="F9" s="15" t="s">
         <v>155</v>
       </c>
-      <c r="G8" s="19" t="s">
+      <c r="G9" s="18" t="s">
         <v>156</v>
       </c>
-      <c r="H8" s="17" t="s">
+      <c r="H9" s="16" t="s">
         <v>157</v>
       </c>
-      <c r="I8" s="17">
+      <c r="I9" s="16">
         <v>2</v>
       </c>
-      <c r="J8" s="20" t="s">
+      <c r="J9" s="19" t="s">
         <v>158</v>
       </c>
-      <c r="K8" s="21">
+      <c r="K9" s="20">
         <f>64431+10282</f>
         <v>74713</v>
       </c>
-      <c r="L8" s="41" t="s">
-[...2 lines deleted...]
-      <c r="M8" s="42" t="s">
+      <c r="L9" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M9" s="38" t="s">
         <v>159</v>
       </c>
-      <c r="N8" s="22">
+      <c r="N9" s="21">
         <v>44904</v>
       </c>
-      <c r="O8" s="18">
+      <c r="O9" s="17">
         <v>0.16300000000000001</v>
       </c>
-      <c r="P8" s="18">
+      <c r="P9" s="17">
         <v>1.2E-2</v>
       </c>
-      <c r="Q8" s="18">
+      <c r="Q9" s="17">
         <v>4.0000000000000001E-3</v>
       </c>
-      <c r="R8" s="18">
-[...11 lines deleted...]
-      <c r="V8" s="18">
+      <c r="R9" s="17">
+        <v>0</v>
+      </c>
+      <c r="S9" s="17">
+        <v>0</v>
+      </c>
+      <c r="T9" s="17">
+        <v>0</v>
+      </c>
+      <c r="U9" s="17">
+        <v>0</v>
+      </c>
+      <c r="V9" s="17">
         <v>1.7000000000000001E-2</v>
       </c>
-      <c r="W8" s="18">
-[...2 lines deleted...]
-      <c r="X8" s="18">
+      <c r="W9" s="17">
+        <v>0</v>
+      </c>
+      <c r="X9" s="17">
         <v>4.4999999999999998E-2</v>
       </c>
-      <c r="Y8" s="18">
+      <c r="Y9" s="17">
         <v>1.9E-2</v>
       </c>
-      <c r="Z8" s="18">
+      <c r="Z9" s="17">
         <v>2E-3</v>
       </c>
-      <c r="AA8" s="18">
-[...2 lines deleted...]
-      <c r="AB8" s="18">
+      <c r="AA9" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB9" s="17">
         <v>0.02</v>
       </c>
-      <c r="AC8" s="18">
+      <c r="AC9" s="17">
         <v>2.1999999999999999E-2</v>
       </c>
-      <c r="AD8" s="18">
+      <c r="AD9" s="17">
         <v>4.5999999999999999E-2</v>
       </c>
-      <c r="AE8" s="18">
+      <c r="AE9" s="17">
         <v>1E-3</v>
       </c>
-      <c r="AF8" s="18">
-[...8 lines deleted...]
-      <c r="AI8" s="59">
+      <c r="AF9" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG9" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH9" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI9" s="52">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:35" s="12" customFormat="1" ht="58" x14ac:dyDescent="0.35">
-      <c r="A9" s="13" t="s">
+    <row r="10" spans="1:35" s="11" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A10" s="12" t="s">
         <v>70</v>
       </c>
-      <c r="B9" s="39" t="s">
+      <c r="B10" s="35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C10" s="13">
+        <v>38030</v>
+      </c>
+      <c r="D10" s="13" t="s">
         <v>229</v>
       </c>
-      <c r="C9" s="14">
-[...2 lines deleted...]
-      <c r="D9" s="14" t="s">
+      <c r="E10" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F10" s="15" t="s">
         <v>230</v>
       </c>
-      <c r="E9" s="15" t="s">
-[...11 lines deleted...]
-      <c r="I9" s="25">
+      <c r="G10" s="18" t="s">
+        <v>246</v>
+      </c>
+      <c r="H10" s="56" t="s">
+        <v>247</v>
+      </c>
+      <c r="I10" s="24">
         <v>4</v>
       </c>
-      <c r="J9" s="20" t="s">
-[...2 lines deleted...]
-      <c r="K9" s="55">
+      <c r="J10" s="19" t="s">
+        <v>248</v>
+      </c>
+      <c r="K10" s="49">
         <f>2775+400+2000</f>
         <v>5175</v>
       </c>
-      <c r="L9" s="41" t="s">
-[...5 lines deleted...]
-      <c r="N9" s="22">
+      <c r="L10" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M10" s="40" t="s">
+        <v>252</v>
+      </c>
+      <c r="N10" s="21">
         <v>45804</v>
       </c>
-      <c r="O9" s="18">
+      <c r="O10" s="17">
         <v>0.16</v>
       </c>
-      <c r="P9" s="18">
+      <c r="P10" s="17">
         <v>4.0000000000000001E-3</v>
       </c>
-      <c r="Q9" s="18">
+      <c r="Q10" s="17">
         <v>3.0000000000000001E-3</v>
       </c>
-      <c r="R9" s="18">
-[...11 lines deleted...]
-      <c r="V9" s="18">
+      <c r="R10" s="17">
+        <v>0</v>
+      </c>
+      <c r="S10" s="17">
+        <v>0</v>
+      </c>
+      <c r="T10" s="17">
+        <v>0</v>
+      </c>
+      <c r="U10" s="17">
+        <v>0</v>
+      </c>
+      <c r="V10" s="17">
         <v>3.0000000000000001E-3</v>
       </c>
-      <c r="W9" s="18">
-[...2 lines deleted...]
-      <c r="X9" s="18">
+      <c r="W10" s="17">
+        <v>0</v>
+      </c>
+      <c r="X10" s="17">
         <v>1.4E-2</v>
       </c>
-      <c r="Y9" s="18">
+      <c r="Y10" s="17">
         <v>5.6000000000000001E-2</v>
       </c>
-      <c r="Z9" s="18">
-[...5 lines deleted...]
-      <c r="AB9" s="18">
+      <c r="Z10" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA10" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB10" s="17">
         <v>8.0000000000000002E-3</v>
       </c>
-      <c r="AC9" s="18">
+      <c r="AC10" s="17">
         <v>5.3999999999999999E-2</v>
       </c>
-      <c r="AD9" s="18">
+      <c r="AD10" s="17">
         <v>0.01</v>
       </c>
-      <c r="AE9" s="18">
+      <c r="AE10" s="17">
         <v>4.0000000000000001E-3</v>
       </c>
-      <c r="AF9" s="18">
-[...8 lines deleted...]
-      <c r="AI9" s="54">
+      <c r="AF10" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG10" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH10" s="48">
+        <v>0</v>
+      </c>
+      <c r="AI10" s="48">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:35" s="12" customFormat="1" ht="32" x14ac:dyDescent="0.35">
-      <c r="A10" s="13" t="s">
+    <row r="11" spans="1:35" s="11" customFormat="1" ht="32" x14ac:dyDescent="0.35">
+      <c r="A11" s="12" t="s">
         <v>70</v>
       </c>
-      <c r="B10" s="14" t="s">
+      <c r="B11" s="13" t="s">
+        <v>235</v>
+      </c>
+      <c r="C11" s="13" t="s">
         <v>236</v>
       </c>
-      <c r="C10" s="14" t="s">
+      <c r="D11" s="13" t="s">
         <v>237</v>
       </c>
-      <c r="D10" s="14" t="s">
+      <c r="E11" s="14" t="s">
+        <v>71</v>
+      </c>
+      <c r="F11" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="E10" s="15" t="s">
+      <c r="G11" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="H11" s="16" t="s">
+        <v>240</v>
+      </c>
+      <c r="I11" s="16">
+        <v>1</v>
+      </c>
+      <c r="J11" s="16" t="s">
+        <v>241</v>
+      </c>
+      <c r="K11" s="20">
+        <v>1411</v>
+      </c>
+      <c r="L11" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M11" s="38" t="s">
+        <v>242</v>
+      </c>
+      <c r="N11" s="21">
+        <v>45502</v>
+      </c>
+      <c r="O11" s="17">
+        <v>0.16400000000000001</v>
+      </c>
+      <c r="P11" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="Q11" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="R11" s="17">
+        <v>0</v>
+      </c>
+      <c r="S11" s="17">
+        <v>0</v>
+      </c>
+      <c r="T11" s="17">
+        <v>0</v>
+      </c>
+      <c r="U11" s="17">
+        <v>0</v>
+      </c>
+      <c r="V11" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="W11" s="17">
+        <v>0</v>
+      </c>
+      <c r="X11" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="Y11" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="Z11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB11" s="17">
+        <v>0.06</v>
+      </c>
+      <c r="AC11" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AD11" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AE11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI11" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:35" s="11" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A12" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="B12" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C12" s="13" t="s">
+        <v>192</v>
+      </c>
+      <c r="D12" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" s="14" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="G12" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="H12" s="16" t="s">
+        <v>77</v>
+      </c>
+      <c r="I12" s="24">
+        <v>1</v>
+      </c>
+      <c r="J12" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="K12" s="20">
+        <v>33548</v>
+      </c>
+      <c r="L12" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M12" s="53" t="s">
+        <v>243</v>
+      </c>
+      <c r="N12" s="21">
+        <v>45397</v>
+      </c>
+      <c r="O12" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="P12" s="17">
+        <v>9.4000000000000004E-3</v>
+      </c>
+      <c r="Q12" s="17">
+        <v>2.3999999999999998E-3</v>
+      </c>
+      <c r="R12" s="17">
+        <v>0</v>
+      </c>
+      <c r="S12" s="17">
+        <v>0</v>
+      </c>
+      <c r="T12" s="17">
+        <v>0</v>
+      </c>
+      <c r="U12" s="17">
+        <v>0</v>
+      </c>
+      <c r="V12" s="17">
+        <v>8.6E-3</v>
+      </c>
+      <c r="W12" s="17">
+        <v>0</v>
+      </c>
+      <c r="X12" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="Y12" s="17">
+        <v>1.8800000000000001E-2</v>
+      </c>
+      <c r="Z12" s="17">
+        <v>6.6E-3</v>
+      </c>
+      <c r="AA12" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB12" s="17">
+        <v>1.12E-2</v>
+      </c>
+      <c r="AC12" s="17">
+        <v>2.3099999999999999E-2</v>
+      </c>
+      <c r="AD12" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AE12" s="17">
+        <v>2.3999999999999998E-3</v>
+      </c>
+      <c r="AF12" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG12" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH12" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI12" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:35" s="11" customFormat="1" ht="32" x14ac:dyDescent="0.35">
+      <c r="A13" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" s="35" t="s">
+        <v>225</v>
+      </c>
+      <c r="C13" s="13">
+        <v>38384</v>
+      </c>
+      <c r="D13" s="13" t="s">
+        <v>226</v>
+      </c>
+      <c r="E13" s="14" t="s">
         <v>71</v>
       </c>
-      <c r="F10" s="16" t="s">
-[...8 lines deleted...]
-      <c r="I10" s="17">
+      <c r="F13" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="G13" s="18" t="s">
+        <v>249</v>
+      </c>
+      <c r="H13" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="I13" s="24">
         <v>1</v>
       </c>
-      <c r="J10" s="17" t="s">
-[...17 lines deleted...]
-      <c r="P10" s="18">
+      <c r="J13" s="19" t="s">
+        <v>231</v>
+      </c>
+      <c r="K13" s="49">
+        <v>1055</v>
+      </c>
+      <c r="L13" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M13" s="40" t="s">
+        <v>244</v>
+      </c>
+      <c r="N13" s="21">
+        <v>45835</v>
+      </c>
+      <c r="O13" s="17">
+        <v>0.114</v>
+      </c>
+      <c r="P13" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Q13" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="R13" s="17">
+        <v>0</v>
+      </c>
+      <c r="S13" s="17">
+        <v>0</v>
+      </c>
+      <c r="T13" s="17">
+        <v>0</v>
+      </c>
+      <c r="U13" s="17">
+        <v>0</v>
+      </c>
+      <c r="V13" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="W13" s="17">
+        <v>0</v>
+      </c>
+      <c r="X13" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="Y13" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="Z13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB13" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="AC13" s="17">
         <v>0.01</v>
       </c>
-      <c r="Q10" s="18">
+      <c r="AD13" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AE13" s="17">
         <v>2E-3</v>
       </c>
-      <c r="R10" s="18">
-[...20 lines deleted...]
-      <c r="Y10" s="18">
+      <c r="AF13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH13" s="48">
+        <v>0</v>
+      </c>
+      <c r="AI13" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:35" s="11" customFormat="1" ht="41.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B14" s="35" t="s">
+        <v>118</v>
+      </c>
+      <c r="C14" s="35" t="s">
+        <v>160</v>
+      </c>
+      <c r="D14" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="E14" s="41" t="s">
+        <v>162</v>
+      </c>
+      <c r="F14" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="G14" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="H14" s="16" t="s">
+        <v>124</v>
+      </c>
+      <c r="I14" s="36">
+        <v>1</v>
+      </c>
+      <c r="J14" s="16" t="s">
+        <v>164</v>
+      </c>
+      <c r="K14" s="20">
+        <v>9000</v>
+      </c>
+      <c r="L14" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M14" s="40" t="s">
+        <v>165</v>
+      </c>
+      <c r="N14" s="21">
+        <v>44977</v>
+      </c>
+      <c r="O14" s="17">
+        <v>0.215</v>
+      </c>
+      <c r="P14" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="Q14" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="R14" s="17">
+        <v>0</v>
+      </c>
+      <c r="S14" s="17">
+        <v>0</v>
+      </c>
+      <c r="T14" s="17">
+        <v>0</v>
+      </c>
+      <c r="U14" s="17">
+        <v>0</v>
+      </c>
+      <c r="V14" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="W14" s="17">
+        <v>0</v>
+      </c>
+      <c r="X14" s="17">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="Y14" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="Z14" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA14" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB14" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AC14" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AD14" s="17">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="AE14" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF14" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG14" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH14" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI14" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:35" s="11" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A15" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B15" s="35" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" s="35" t="s">
+        <v>166</v>
+      </c>
+      <c r="D15" s="13" t="s">
+        <v>167</v>
+      </c>
+      <c r="E15" s="41" t="s">
+        <v>168</v>
+      </c>
+      <c r="F15" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="G15" s="18" t="s">
+        <v>170</v>
+      </c>
+      <c r="H15" s="42" t="s">
+        <v>171</v>
+      </c>
+      <c r="I15" s="36">
+        <v>2</v>
+      </c>
+      <c r="J15" s="36" t="s">
+        <v>47</v>
+      </c>
+      <c r="K15" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="L15" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M15" s="40" t="s">
+        <v>172</v>
+      </c>
+      <c r="N15" s="21">
+        <v>45056</v>
+      </c>
+      <c r="O15" s="17">
+        <v>0.13100000000000001</v>
+      </c>
+      <c r="P15" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Q15" s="17">
         <v>4.0000000000000001E-3</v>
       </c>
-      <c r="Z10" s="18">
-[...8 lines deleted...]
-      <c r="AC10" s="18">
+      <c r="R15" s="17">
+        <v>0</v>
+      </c>
+      <c r="S15" s="17">
+        <v>0</v>
+      </c>
+      <c r="T15" s="17">
+        <v>0</v>
+      </c>
+      <c r="U15" s="17">
+        <v>0</v>
+      </c>
+      <c r="V15" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="W15" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="X15" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="Y15" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="Z15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB15" s="17">
         <v>0.01</v>
       </c>
-      <c r="AD10" s="18">
-[...14 lines deleted...]
-      <c r="AI10" s="59">
+      <c r="AC15" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="AD15" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AE15" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AF15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI15" s="52">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:35" s="12" customFormat="1" ht="58" x14ac:dyDescent="0.35">
-[...214 lines deleted...]
-      <c r="A13" s="13" t="s">
+    <row r="16" spans="1:35" s="11" customFormat="1" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="B13" s="39" t="s">
-[...127 lines deleted...]
-      <c r="I14" s="40">
+      <c r="B16" s="35" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" s="35" t="s">
+        <v>174</v>
+      </c>
+      <c r="D16" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="E16" s="41" t="s">
+        <v>176</v>
+      </c>
+      <c r="F16" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="G16" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="H16" s="16" t="s">
+        <v>179</v>
+      </c>
+      <c r="I16" s="36">
         <v>2</v>
       </c>
-      <c r="J14" s="40" t="s">
-[...106 lines deleted...]
-      <c r="J15" s="20" t="s">
+      <c r="J16" s="19" t="s">
         <v>180</v>
       </c>
-      <c r="K15" s="21">
+      <c r="K16" s="20">
         <f>261+26600</f>
         <v>26861</v>
       </c>
-      <c r="L15" s="41" t="s">
-[...2 lines deleted...]
-      <c r="M15" s="44" t="s">
+      <c r="L16" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M16" s="40" t="s">
         <v>181</v>
       </c>
-      <c r="N15" s="22">
+      <c r="N16" s="21">
         <v>44817</v>
       </c>
-      <c r="O15" s="18">
+      <c r="O16" s="17">
         <v>0.26400000000000001</v>
       </c>
-      <c r="P15" s="18">
+      <c r="P16" s="17">
         <v>2.3E-2</v>
       </c>
-      <c r="Q15" s="18">
+      <c r="Q16" s="17">
         <v>8.0000000000000002E-3</v>
       </c>
-      <c r="R15" s="18">
-[...11 lines deleted...]
-      <c r="V15" s="18">
+      <c r="R16" s="17">
+        <v>0</v>
+      </c>
+      <c r="S16" s="17">
+        <v>0</v>
+      </c>
+      <c r="T16" s="17">
+        <v>0</v>
+      </c>
+      <c r="U16" s="17">
+        <v>0</v>
+      </c>
+      <c r="V16" s="17">
         <v>2.5000000000000001E-2</v>
       </c>
-      <c r="W15" s="18">
-[...2 lines deleted...]
-      <c r="X15" s="18">
+      <c r="W16" s="17">
+        <v>0</v>
+      </c>
+      <c r="X16" s="17">
         <v>8.2000000000000003E-2</v>
       </c>
-      <c r="Y15" s="18">
+      <c r="Y16" s="17">
         <v>1.7000000000000001E-2</v>
       </c>
-      <c r="Z15" s="18">
+      <c r="Z16" s="17">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="AA15" s="18">
-[...2 lines deleted...]
-      <c r="AB15" s="18">
+      <c r="AA16" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB16" s="17">
         <v>2.8000000000000001E-2</v>
       </c>
-      <c r="AC15" s="18">
+      <c r="AC16" s="17">
         <v>1.6E-2</v>
       </c>
-      <c r="AD15" s="18">
+      <c r="AD16" s="17">
         <v>0.06</v>
       </c>
-      <c r="AE15" s="18">
+      <c r="AE16" s="17">
         <v>2E-3</v>
       </c>
-      <c r="AF15" s="18">
-[...8 lines deleted...]
-      <c r="AI15" s="59">
+      <c r="AF16" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG16" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH16" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI16" s="52">
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:35" s="12" customFormat="1" ht="95.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A16" s="13" t="s">
+    <row r="17" spans="1:35" s="11" customFormat="1" ht="95.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="B16" s="39" t="s">
+      <c r="B17" s="35" t="s">
         <v>123</v>
       </c>
-      <c r="C16" s="39" t="s">
+      <c r="C17" s="35" t="s">
         <v>182</v>
       </c>
-      <c r="D16" s="14" t="s">
+      <c r="D17" s="13" t="s">
         <v>183</v>
       </c>
-      <c r="E16" s="45" t="s">
+      <c r="E17" s="41" t="s">
         <v>184</v>
       </c>
-      <c r="F16" s="16" t="s">
+      <c r="F17" s="15" t="s">
         <v>185</v>
       </c>
-      <c r="G16" s="19" t="s">
+      <c r="G17" s="18" t="s">
         <v>186</v>
       </c>
-      <c r="H16" s="17" t="s">
+      <c r="H17" s="16" t="s">
         <v>187</v>
       </c>
-      <c r="I16" s="40">
+      <c r="I17" s="36">
         <v>2</v>
       </c>
-      <c r="J16" s="20" t="s">
+      <c r="J17" s="19" t="s">
         <v>188</v>
       </c>
-      <c r="K16" s="21">
+      <c r="K17" s="20">
         <f>54519+3495</f>
         <v>58014</v>
       </c>
-      <c r="L16" s="41" t="s">
-[...2 lines deleted...]
-      <c r="M16" s="44" t="s">
+      <c r="L17" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M17" s="40" t="s">
         <v>189</v>
       </c>
-      <c r="N16" s="22">
+      <c r="N17" s="21">
         <v>44750</v>
       </c>
-      <c r="O16" s="18">
+      <c r="O17" s="17">
         <v>0.156</v>
       </c>
-      <c r="P16" s="18">
+      <c r="P17" s="17">
         <v>1.2999999999999999E-2</v>
       </c>
-      <c r="Q16" s="18">
+      <c r="Q17" s="17">
         <v>4.0000000000000001E-3</v>
       </c>
-      <c r="R16" s="18">
-[...11 lines deleted...]
-      <c r="V16" s="18">
+      <c r="R17" s="17">
+        <v>0</v>
+      </c>
+      <c r="S17" s="17">
+        <v>0</v>
+      </c>
+      <c r="T17" s="17">
+        <v>0</v>
+      </c>
+      <c r="U17" s="17">
+        <v>0</v>
+      </c>
+      <c r="V17" s="17">
         <v>1.6E-2</v>
       </c>
-      <c r="W16" s="18">
-[...2 lines deleted...]
-      <c r="X16" s="18">
+      <c r="W17" s="17">
+        <v>0</v>
+      </c>
+      <c r="X17" s="17">
         <v>5.2999999999999999E-2</v>
       </c>
-      <c r="Y16" s="18">
+      <c r="Y17" s="17">
         <v>1.0999999999999999E-2</v>
       </c>
-      <c r="Z16" s="18">
+      <c r="Z17" s="17">
         <v>4.0000000000000001E-3</v>
       </c>
-      <c r="AA16" s="18">
-[...2 lines deleted...]
-      <c r="AB16" s="18">
+      <c r="AA17" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB17" s="17">
         <v>2.4E-2</v>
       </c>
-      <c r="AC16" s="18">
+      <c r="AC17" s="17">
         <v>1.2999999999999999E-2</v>
       </c>
-      <c r="AD16" s="18">
+      <c r="AD17" s="17">
         <v>3.3000000000000002E-2</v>
       </c>
-      <c r="AE16" s="18">
+      <c r="AE17" s="17">
         <v>2E-3</v>
       </c>
-      <c r="AF16" s="18">
-[...8 lines deleted...]
-      <c r="AI16" s="59">
+      <c r="AF17" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG17" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH17" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI17" s="52">
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:35" s="12" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A17" s="13" t="s">
+    <row r="18" spans="1:35" s="11" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="B17" s="14" t="s">
+      <c r="B18" s="13" t="s">
         <v>81</v>
       </c>
-      <c r="C17" s="14" t="s">
+      <c r="C18" s="13" t="s">
         <v>193</v>
       </c>
-      <c r="D17" s="14" t="s">
+      <c r="D18" s="13" t="s">
         <v>82</v>
       </c>
-      <c r="E17" s="15" t="s">
+      <c r="E18" s="14" t="s">
         <v>83</v>
       </c>
-      <c r="F17" s="16" t="s">
+      <c r="F18" s="15" t="s">
         <v>84</v>
       </c>
-      <c r="G17" s="19" t="s">
+      <c r="G18" s="18" t="s">
         <v>85</v>
       </c>
-      <c r="H17" s="17" t="s">
+      <c r="H18" s="16" t="s">
         <v>86</v>
       </c>
-      <c r="I17" s="17">
+      <c r="I18" s="16">
         <v>1</v>
       </c>
-      <c r="J17" s="23" t="s">
+      <c r="J18" s="22" t="s">
         <v>87</v>
       </c>
-      <c r="K17" s="21">
+      <c r="K18" s="20">
         <v>8000</v>
       </c>
-      <c r="L17" s="41" t="s">
-[...2 lines deleted...]
-      <c r="M17" s="60" t="s">
+      <c r="L18" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M18" s="53" t="s">
         <v>88</v>
       </c>
-      <c r="N17" s="22">
+      <c r="N18" s="21">
         <v>44964</v>
       </c>
-      <c r="O17" s="18">
+      <c r="O18" s="17">
         <v>0.30199999999999999</v>
       </c>
-      <c r="P17" s="18">
+      <c r="P18" s="17">
         <v>0.02</v>
       </c>
-      <c r="Q17" s="18">
+      <c r="Q18" s="17">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="R17" s="18">
+      <c r="R18" s="17">
         <v>3.0000000000000001E-3</v>
       </c>
-      <c r="S17" s="18">
-[...8 lines deleted...]
-      <c r="V17" s="18">
+      <c r="S18" s="17">
+        <v>0</v>
+      </c>
+      <c r="T18" s="17">
+        <v>0</v>
+      </c>
+      <c r="U18" s="17">
+        <v>0</v>
+      </c>
+      <c r="V18" s="17">
         <v>4.2000000000000003E-2</v>
       </c>
-      <c r="W17" s="18">
-[...2 lines deleted...]
-      <c r="X17" s="18">
+      <c r="W18" s="17">
+        <v>0</v>
+      </c>
+      <c r="X18" s="17">
         <v>6.2100000000000002E-2</v>
       </c>
-      <c r="Y17" s="18">
+      <c r="Y18" s="17">
         <v>0.01</v>
       </c>
-      <c r="Z17" s="18">
+      <c r="Z18" s="17">
         <v>1.2999999999999999E-2</v>
       </c>
-      <c r="AA17" s="18">
-[...2 lines deleted...]
-      <c r="AB17" s="18">
+      <c r="AA18" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB18" s="17">
         <v>7.1999999999999995E-2</v>
       </c>
-      <c r="AC17" s="18">
+      <c r="AC18" s="17">
         <v>2.7E-2</v>
       </c>
-      <c r="AD17" s="18">
+      <c r="AD18" s="17">
         <v>5.8999999999999997E-2</v>
       </c>
-      <c r="AE17" s="18">
+      <c r="AE18" s="17">
         <v>1E-3</v>
       </c>
-      <c r="AF17" s="18">
-[...8 lines deleted...]
-      <c r="AI17" s="59">
+      <c r="AF18" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG18" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH18" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI18" s="52">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:35" s="12" customFormat="1" ht="73" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A18" s="27" t="s">
+    <row r="19" spans="1:35" s="11" customFormat="1" ht="73" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A19" s="26" t="s">
         <v>99</v>
       </c>
-      <c r="B18" s="28" t="s">
+      <c r="B19" s="27" t="s">
         <v>100</v>
       </c>
-      <c r="C18" s="28" t="s">
+      <c r="C19" s="27" t="s">
         <v>195</v>
       </c>
-      <c r="D18" s="28" t="s">
+      <c r="D19" s="27" t="s">
         <v>101</v>
       </c>
-      <c r="E18" s="29" t="s">
+      <c r="E19" s="28" t="s">
         <v>102</v>
       </c>
-      <c r="F18" s="30" t="s">
+      <c r="F19" s="29" t="s">
         <v>103</v>
       </c>
-      <c r="G18" s="31" t="s">
+      <c r="G19" s="30" t="s">
         <v>104</v>
       </c>
-      <c r="H18" s="32" t="s">
+      <c r="H19" s="31" t="s">
         <v>105</v>
       </c>
-      <c r="I18" s="32">
+      <c r="I19" s="31">
         <v>1</v>
       </c>
-      <c r="J18" s="32" t="s">
+      <c r="J19" s="31" t="s">
         <v>106</v>
       </c>
-      <c r="K18" s="33">
+      <c r="K19" s="32">
         <v>50664</v>
       </c>
-      <c r="L18" s="51" t="s">
-[...5 lines deleted...]
-      <c r="N18" s="34">
+      <c r="L19" s="46" t="s">
+        <v>233</v>
+      </c>
+      <c r="M19" s="54" t="s">
+        <v>245</v>
+      </c>
+      <c r="N19" s="33">
         <v>45342</v>
       </c>
-      <c r="O18" s="35">
+      <c r="O19" s="34">
         <v>0.13100000000000001</v>
       </c>
-      <c r="P18" s="35">
+      <c r="P19" s="34">
         <v>7.0000000000000001E-3</v>
       </c>
-      <c r="Q18" s="35">
+      <c r="Q19" s="34">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="R18" s="35">
-[...11 lines deleted...]
-      <c r="V18" s="35">
+      <c r="R19" s="34">
+        <v>0</v>
+      </c>
+      <c r="S19" s="34">
+        <v>0</v>
+      </c>
+      <c r="T19" s="34">
+        <v>0</v>
+      </c>
+      <c r="U19" s="34">
+        <v>0</v>
+      </c>
+      <c r="V19" s="34">
         <v>7.0000000000000001E-3</v>
       </c>
-      <c r="W18" s="35">
-[...2 lines deleted...]
-      <c r="X18" s="35">
+      <c r="W19" s="34">
+        <v>0</v>
+      </c>
+      <c r="X19" s="34">
         <v>2.1999999999999999E-2</v>
       </c>
-      <c r="Y18" s="35">
+      <c r="Y19" s="34">
         <v>2.3E-2</v>
       </c>
-      <c r="Z18" s="35">
-[...5 lines deleted...]
-      <c r="AB18" s="35">
+      <c r="Z19" s="34">
+        <v>0</v>
+      </c>
+      <c r="AA19" s="34">
+        <v>0</v>
+      </c>
+      <c r="AB19" s="34">
         <v>1.2999999999999999E-2</v>
       </c>
-      <c r="AC18" s="35">
+      <c r="AC19" s="34">
         <v>3.6999999999999998E-2</v>
       </c>
-      <c r="AD18" s="35">
+      <c r="AD19" s="34">
         <v>2.1999999999999999E-2</v>
       </c>
-      <c r="AE18" s="35">
+      <c r="AE19" s="34">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="AF18" s="35">
-[...5 lines deleted...]
-      <c r="AH18" s="35">
+      <c r="AF19" s="34">
+        <v>0</v>
+      </c>
+      <c r="AG19" s="34">
+        <v>0</v>
+      </c>
+      <c r="AH19" s="34">
         <v>1E-3</v>
       </c>
-      <c r="AI18" s="62">
+      <c r="AI19" s="55">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:35" s="12" customFormat="1" ht="73.5" x14ac:dyDescent="0.35">
-      <c r="A19" s="13" t="s">
+    <row r="20" spans="1:35" s="11" customFormat="1" ht="73.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="12" t="s">
         <v>131</v>
       </c>
-      <c r="B19" s="39" t="s">
+      <c r="B20" s="35" t="s">
         <v>117</v>
       </c>
-      <c r="C19" s="39">
+      <c r="C20" s="35">
         <v>74225</v>
       </c>
-      <c r="D19" s="14" t="s">
+      <c r="D20" s="13" t="s">
         <v>116</v>
       </c>
-      <c r="E19" s="1" t="s" vm="1">
+      <c r="E20" s="1" t="s" vm="1">
         <v>115</v>
       </c>
-      <c r="F19" s="16" t="s">
+      <c r="F20" s="15" t="s">
         <v>132</v>
       </c>
-      <c r="G19" s="19" t="s">
+      <c r="G20" s="18" t="s">
         <v>127</v>
       </c>
-      <c r="H19" s="1" t="s">
+      <c r="H20" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="I19" s="40">
+      <c r="I20" s="36">
         <v>1</v>
       </c>
-      <c r="J19" s="17" t="s">
+      <c r="J20" s="16" t="s">
         <v>133</v>
       </c>
-      <c r="K19" s="21">
+      <c r="K20" s="20">
         <v>13600</v>
       </c>
-      <c r="L19" s="41" t="s">
-[...2 lines deleted...]
-      <c r="M19" s="42" t="s">
+      <c r="L20" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M20" s="38" t="s">
         <v>134</v>
       </c>
-      <c r="N19" s="22">
+      <c r="N20" s="21">
         <v>44795</v>
       </c>
-      <c r="O19" s="18">
+      <c r="O20" s="17">
         <v>0.1363</v>
       </c>
-      <c r="P19" s="18">
+      <c r="P20" s="17">
         <v>4.0000000000000001E-3</v>
       </c>
-      <c r="Q19" s="18">
+      <c r="Q20" s="17">
         <v>3.0000000000000001E-3</v>
       </c>
-      <c r="R19" s="18">
-[...11 lines deleted...]
-      <c r="V19" s="18">
+      <c r="R20" s="17">
+        <v>0</v>
+      </c>
+      <c r="S20" s="17">
+        <v>0</v>
+      </c>
+      <c r="T20" s="17">
+        <v>0</v>
+      </c>
+      <c r="U20" s="17">
+        <v>0</v>
+      </c>
+      <c r="V20" s="17">
         <v>6.4000000000000003E-3</v>
       </c>
-      <c r="W19" s="18">
-[...2 lines deleted...]
-      <c r="X19" s="18">
+      <c r="W20" s="17">
+        <v>0</v>
+      </c>
+      <c r="X20" s="17">
         <v>3.0000000000000001E-3</v>
       </c>
-      <c r="Y19" s="18">
-[...8 lines deleted...]
-      <c r="AB19" s="18">
+      <c r="Y20" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z20" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA20" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB20" s="17">
         <v>0.1245</v>
       </c>
-      <c r="AC19" s="18">
+      <c r="AC20" s="17">
         <v>1E-3</v>
       </c>
-      <c r="AD19" s="18">
+      <c r="AD20" s="17">
         <v>2E-3</v>
       </c>
-      <c r="AE19" s="18">
-[...11 lines deleted...]
-      <c r="AI19" s="53">
+      <c r="AE20" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF20" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG20" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH20" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI20" s="48">
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:35" s="12" customFormat="1" ht="16" x14ac:dyDescent="0.35">
-[...30 lines deleted...]
-      <c r="K20" s="21">
+    <row r="21" spans="1:35" s="50" customFormat="1" ht="130.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B21" s="13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C21" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="D21" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E21" s="14" t="s">
+        <v>93</v>
+      </c>
+      <c r="F21" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="G21" s="23" t="s">
+        <v>95</v>
+      </c>
+      <c r="H21" s="22" t="s">
         <v>96</v>
       </c>
-      <c r="L20" s="41" t="s">
-[...309 lines deleted...]
-      <c r="I23" s="25">
+      <c r="I21" s="24">
         <v>4</v>
       </c>
-      <c r="J23" s="26" t="s">
+      <c r="J21" s="25" t="s">
         <v>97</v>
       </c>
-      <c r="K23" s="21">
+      <c r="K21" s="20">
         <f>6338+2447+33445+20545</f>
         <v>62775</v>
       </c>
-      <c r="L23" s="50" t="s">
+      <c r="L21" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M21" s="57" t="s">
+        <v>282</v>
+      </c>
+      <c r="N21" s="21">
+        <v>44747</v>
+      </c>
+      <c r="O21" s="17">
+        <v>0.16900000000000001</v>
+      </c>
+      <c r="P21" s="17">
+        <v>1.54E-2</v>
+      </c>
+      <c r="Q21" s="17">
+        <v>3.0999999999999999E-3</v>
+      </c>
+      <c r="R21" s="17">
+        <v>0</v>
+      </c>
+      <c r="S21" s="17">
+        <v>0</v>
+      </c>
+      <c r="T21" s="17">
+        <v>0</v>
+      </c>
+      <c r="U21" s="17">
+        <v>0</v>
+      </c>
+      <c r="V21" s="17">
+        <v>1.9099999999999999E-2</v>
+      </c>
+      <c r="W21" s="17">
+        <v>0</v>
+      </c>
+      <c r="X21" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="Y21" s="17">
+        <v>9.9000000000000008E-3</v>
+      </c>
+      <c r="Z21" s="17">
+        <v>3.3E-3</v>
+      </c>
+      <c r="AA21" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB21" s="17">
+        <v>2.01E-2</v>
+      </c>
+      <c r="AC21" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AD21" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AE21" s="17">
+        <v>1.5E-3</v>
+      </c>
+      <c r="AF21" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG21" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH21" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI21" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:35" s="11" customFormat="1" ht="58" x14ac:dyDescent="0.35">
+      <c r="A22" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="B22" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="C22" s="13" t="s">
+        <v>191</v>
+      </c>
+      <c r="D22" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="E22" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F22" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="G22" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="H22" s="22" t="s">
+        <v>60</v>
+      </c>
+      <c r="I22" s="16">
+        <v>1</v>
+      </c>
+      <c r="J22" s="22" t="s">
+        <v>61</v>
+      </c>
+      <c r="K22" s="20">
+        <v>1666</v>
+      </c>
+      <c r="L22" s="37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M22" s="53" t="s">
+        <v>279</v>
+      </c>
+      <c r="N22" s="21">
+        <v>44839</v>
+      </c>
+      <c r="O22" s="17">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="P22" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="Q22" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="R22" s="17">
+        <v>0</v>
+      </c>
+      <c r="S22" s="17">
+        <v>0</v>
+      </c>
+      <c r="T22" s="17">
+        <v>0</v>
+      </c>
+      <c r="U22" s="17">
+        <v>0</v>
+      </c>
+      <c r="V22" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="W22" s="17">
+        <v>1.2999999999999999E-3</v>
+      </c>
+      <c r="X22" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="Y22" s="17">
+        <v>2.2599999999999999E-2</v>
+      </c>
+      <c r="Z22" s="17">
+        <v>6.7999999999999996E-3</v>
+      </c>
+      <c r="AA22" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB22" s="17">
+        <v>5.7999999999999996E-3</v>
+      </c>
+      <c r="AC22" s="17">
+        <v>5.4899999999999997E-2</v>
+      </c>
+      <c r="AD22" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AE22" s="17">
+        <v>1.5E-3</v>
+      </c>
+      <c r="AF22" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG22" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH22" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI22" s="52">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:35" s="78" customFormat="1" ht="32" x14ac:dyDescent="0.35">
+      <c r="A23" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="B23" s="66" t="s">
+        <v>253</v>
+      </c>
+      <c r="C23" s="66" t="s">
+        <v>257</v>
+      </c>
+      <c r="D23" s="67" t="s">
+        <v>254</v>
+      </c>
+      <c r="E23" s="68" t="s">
+        <v>258</v>
+      </c>
+      <c r="F23" s="69" t="s">
+        <v>254</v>
+      </c>
+      <c r="G23" s="70" t="s">
+        <v>255</v>
+      </c>
+      <c r="H23" s="71" t="s">
+        <v>256</v>
+      </c>
+      <c r="I23" s="71">
+        <v>1</v>
+      </c>
+      <c r="J23" s="71" t="s">
+        <v>259</v>
+      </c>
+      <c r="K23" s="72">
+        <v>14</v>
+      </c>
+      <c r="L23" s="73" t="s">
         <v>62</v>
       </c>
-      <c r="M23" s="67" t="s">
+      <c r="M23" s="74"/>
+      <c r="N23" s="75">
+        <v>45936</v>
+      </c>
+      <c r="O23" s="76">
+        <v>1.2070000000000001</v>
+      </c>
+      <c r="P23" s="76">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="Q23" s="76">
+        <v>2E-3</v>
+      </c>
+      <c r="R23" s="76">
+        <v>0</v>
+      </c>
+      <c r="S23" s="76">
+        <v>0</v>
+      </c>
+      <c r="T23" s="76">
+        <v>0</v>
+      </c>
+      <c r="U23" s="76">
+        <v>0</v>
+      </c>
+      <c r="V23" s="76">
+        <v>4.7E-2</v>
+      </c>
+      <c r="W23" s="76">
+        <v>0</v>
+      </c>
+      <c r="X23" s="76">
+        <v>0.80300000000000005</v>
+      </c>
+      <c r="Y23" s="76">
+        <v>0</v>
+      </c>
+      <c r="Z23" s="76">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AA23" s="76">
+        <v>0</v>
+      </c>
+      <c r="AB23" s="76">
+        <v>0.02</v>
+      </c>
+      <c r="AC23" s="76">
+        <v>0</v>
+      </c>
+      <c r="AD23" s="76">
+        <v>0.25600000000000001</v>
+      </c>
+      <c r="AE23" s="76">
+        <v>0</v>
+      </c>
+      <c r="AF23" s="76">
+        <v>0</v>
+      </c>
+      <c r="AG23" s="76">
+        <v>0</v>
+      </c>
+      <c r="AH23" s="76">
+        <v>0</v>
+      </c>
+      <c r="AI23" s="77">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:35" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="86" t="s">
+        <v>38</v>
+      </c>
+      <c r="B24" s="87" t="s">
+        <v>260</v>
+      </c>
+      <c r="C24" s="79" t="s">
+        <v>261</v>
+      </c>
+      <c r="D24" s="79" t="s">
+        <v>262</v>
+      </c>
+      <c r="E24" s="80" t="s">
+        <v>263</v>
+      </c>
+      <c r="F24" s="81" t="s">
+        <v>264</v>
+      </c>
+      <c r="G24" s="82" t="s">
+        <v>265</v>
+      </c>
+      <c r="H24" s="83" t="s">
+        <v>266</v>
+      </c>
+      <c r="I24" s="83">
+        <v>2</v>
+      </c>
+      <c r="J24" s="83" t="s">
+        <v>267</v>
+      </c>
+      <c r="K24" s="88">
+        <v>2790</v>
+      </c>
+      <c r="L24" s="73" t="s">
+        <v>46</v>
+      </c>
+      <c r="M24" s="89" t="s">
+        <v>268</v>
+      </c>
+      <c r="N24" s="84">
+        <v>45989</v>
+      </c>
+      <c r="O24" s="17">
+        <v>0.13700000000000001</v>
+      </c>
+      <c r="P24" s="85">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="Q24" s="85">
+        <v>1E-3</v>
+      </c>
+      <c r="R24" s="85">
+        <v>0</v>
+      </c>
+      <c r="S24" s="85">
+        <v>0</v>
+      </c>
+      <c r="T24" s="85">
+        <v>0</v>
+      </c>
+      <c r="U24" s="85">
+        <v>0</v>
+      </c>
+      <c r="V24" s="85">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="W24" s="85">
+        <v>0</v>
+      </c>
+      <c r="X24" s="85">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="Y24" s="85">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="Z24" s="85">
+        <v>0</v>
+      </c>
+      <c r="AA24" s="85">
+        <v>0</v>
+      </c>
+      <c r="AB24" s="85">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AC24" s="85">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AD24" s="85">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="AE24" s="85">
+        <v>0</v>
+      </c>
+      <c r="AF24" s="85">
+        <v>0</v>
+      </c>
+      <c r="AG24" s="85">
+        <v>0</v>
+      </c>
+      <c r="AH24" s="85">
+        <v>0</v>
+      </c>
+      <c r="AI24" s="90">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:35" ht="29" x14ac:dyDescent="0.35">
+      <c r="A25" s="91" t="s">
+        <v>38</v>
+      </c>
+      <c r="B25" s="92" t="s">
+        <v>269</v>
+      </c>
+      <c r="C25" s="92" t="s">
+        <v>270</v>
+      </c>
+      <c r="D25" s="93" t="s">
+        <v>271</v>
+      </c>
+      <c r="E25" s="94" t="s">
         <v>272</v>
       </c>
-      <c r="N23" s="22">
-[...44 lines deleted...]
-      <c r="AC23" s="18">
+      <c r="F25" s="95" t="s">
+        <v>273</v>
+      </c>
+      <c r="G25" s="96" t="s">
+        <v>274</v>
+      </c>
+      <c r="H25" s="97" t="s">
+        <v>275</v>
+      </c>
+      <c r="I25" s="97">
+        <v>1</v>
+      </c>
+      <c r="J25" s="97" t="s">
+        <v>276</v>
+      </c>
+      <c r="K25" s="98">
+        <v>71</v>
+      </c>
+      <c r="L25" s="99" t="s">
+        <v>46</v>
+      </c>
+      <c r="M25" s="100" t="s">
+        <v>277</v>
+      </c>
+      <c r="N25" s="101">
+        <v>46014</v>
+      </c>
+      <c r="O25" s="102">
+        <v>0.109</v>
+      </c>
+      <c r="P25" s="103">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="Q25" s="103">
+        <v>2E-3</v>
+      </c>
+      <c r="R25" s="103">
+        <v>0</v>
+      </c>
+      <c r="S25" s="103">
+        <v>0</v>
+      </c>
+      <c r="T25" s="103">
+        <v>0</v>
+      </c>
+      <c r="U25" s="103">
+        <v>0</v>
+      </c>
+      <c r="V25" s="103">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="W25" s="103">
+        <v>0</v>
+      </c>
+      <c r="X25" s="103">
+        <v>1.9E-2</v>
+      </c>
+      <c r="Y25" s="103">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="Z25" s="103">
+        <v>1E-3</v>
+      </c>
+      <c r="AA25" s="103">
+        <v>0</v>
+      </c>
+      <c r="AB25" s="103">
         <v>7.0000000000000001E-3</v>
       </c>
-      <c r="AD23" s="18">
-[...14 lines deleted...]
-      <c r="AI23" s="59">
+      <c r="AC25" s="103">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AD25" s="103">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AE25" s="103">
+        <v>2E-3</v>
+      </c>
+      <c r="AF25" s="103">
+        <v>0</v>
+      </c>
+      <c r="AG25" s="103">
+        <v>0</v>
+      </c>
+      <c r="AH25" s="103">
+        <v>0</v>
+      </c>
+      <c r="AI25" s="104">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="2">
+  <mergeCells count="4">
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="C1:I1"/>
+    <mergeCell ref="F3:M3"/>
+    <mergeCell ref="N3:AI3"/>
   </mergeCells>
-  <conditionalFormatting sqref="L11:L12 L9 L17:L23 L4:L5">
-    <cfRule type="cellIs" dxfId="7" priority="12" operator="equal">
+  <conditionalFormatting sqref="L6:L25">
+    <cfRule type="cellIs" dxfId="8" priority="31" operator="equal">
+      <formula>$L$20</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L18:L23 L5:L6 L10 L12:L13">
+    <cfRule type="cellIs" dxfId="7" priority="17" operator="equal">
       <formula>"A confirmer"</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="6" priority="13" operator="equal">
+    <cfRule type="cellIs" dxfId="6" priority="18" operator="equal">
       <formula>"Non conforme (en cours)"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="L5:L23">
-[...1 lines deleted...]
-      <formula>$L$19</formula>
+  <conditionalFormatting sqref="L23">
+    <cfRule type="cellIs" dxfId="5" priority="8" operator="equal">
+      <formula>#REF!</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="O5:O23">
-    <cfRule type="cellIs" dxfId="4" priority="4" operator="between">
+  <conditionalFormatting sqref="L23:L25">
+    <cfRule type="cellIs" dxfId="4" priority="4" operator="equal">
+      <formula>"A confirmer"</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="3" priority="5" operator="equal">
+      <formula>"Non conforme (en cours)"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L24:L25">
+    <cfRule type="cellIs" dxfId="2" priority="3" operator="equal">
+      <formula>$P$19</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="O6:O25">
+    <cfRule type="cellIs" dxfId="1" priority="1" operator="between">
       <formula>0.1</formula>
       <formula>0.13</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="3" priority="5" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="0" priority="2" operator="greaterThan">
       <formula>0.13</formula>
-    </cfRule>
-[...11 lines deleted...]
-      <formula>$P$20</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D9788CA-46A4-4820-839C-BF89D4766BFC}">
   <sheetPr codeName="Feuil8"/>
   <dimension ref="A2:K18"/>
   <sheetViews>
     <sheetView topLeftCell="A4" workbookViewId="0">
       <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="2" max="2" width="24.81640625" customWidth="1"/>
     <col min="3" max="3" width="30.54296875" customWidth="1"/>
     <col min="4" max="5" width="23.1796875" customWidth="1"/>
@@ -5911,51 +6351,51 @@
       </c>
       <c r="H4" t="s">
         <v>52</v>
       </c>
       <c r="I4" t="s">
         <v>136</v>
       </c>
       <c r="J4" t="s">
         <v>204</v>
       </c>
       <c r="K4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
         <v>207</v>
       </c>
       <c r="B5" t="s">
         <v>208</v>
       </c>
       <c r="C5" t="s">
         <v>209</v>
       </c>
       <c r="D5" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="G5" t="s">
         <v>210</v>
       </c>
       <c r="H5" t="s">
         <v>69</v>
       </c>
       <c r="I5" t="s">
         <v>210</v>
       </c>
       <c r="J5" t="s">
         <v>211</v>
       </c>
       <c r="K5" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.35">
       <c r="B6" t="s">
         <v>63</v>
       </c>
       <c r="C6" t="s">
         <v>214</v>
       </c>
       <c r="D6" t="s">
@@ -6031,59 +6471,59 @@
     <row r="10" spans="1:11" x14ac:dyDescent="0.35">
       <c r="B10" t="s">
         <v>79</v>
       </c>
       <c r="J10" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.35">
       <c r="B11" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.35">
       <c r="D14" t="s">
         <v>222</v>
       </c>
       <c r="E14" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="29" x14ac:dyDescent="0.35">
       <c r="D15" t="s">
         <v>48</v>
       </c>
-      <c r="E15" s="49" t="s">
+      <c r="E15" s="45" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="29" x14ac:dyDescent="0.35">
       <c r="D16" t="s">
         <v>223</v>
       </c>
-      <c r="E16" s="49" t="s">
+      <c r="E16" s="45" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="17" spans="4:5" x14ac:dyDescent="0.35">
       <c r="D17" t="s">
         <v>224</v>
       </c>
       <c r="E17" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="18" spans="4:5" x14ac:dyDescent="0.35">
       <c r="D18" t="s">
         <v>215</v>
       </c>
       <c r="E18" t="s">
         <v>216</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>