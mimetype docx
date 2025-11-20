--- v0 (2025-10-06)
+++ v1 (2025-11-20)
@@ -1,1128 +1,1254 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="002807CF" w:rsidRDefault="00410FA3" w:rsidP="002807CF">
+    <w:p w14:paraId="474CC54B" w14:textId="440BDDF6" w:rsidR="002807CF" w:rsidRDefault="00390FE4" w:rsidP="002807CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="90"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000080"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000080"/>
-          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51D0A173" wp14:editId="4BCE92D7">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Image 2"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63DCFFB0" wp14:editId="40EC9100">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>408940</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1374140" cy="796942"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2062886067" name="Image 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Logo_ARS_ARA_Couleur_Quadri.jpg"/>
+                    <pic:cNvPr id="2062886067" name="Image 2062886067"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1804301" cy="1041787"/>
+                      <a:ext cx="1374140" cy="796942"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="000080"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="678DCF27" wp14:editId="157191A1">
+            <wp:extent cx="1377160" cy="1247775"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1253279722" name="Image 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1253279722" name="Image 1253279722"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1381565" cy="1251766"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B2515" w:rsidRDefault="004B2515" w:rsidP="008449F9">
+    <w:p w14:paraId="6739A563" w14:textId="77777777" w:rsidR="004B2515" w:rsidRDefault="004B2515" w:rsidP="008449F9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="90"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000080"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="002807CF">
+    <w:p w14:paraId="298AAA52" w14:textId="77777777" w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="002807CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000080"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00541C6D" w:rsidRDefault="00541C6D" w:rsidP="002807CF">
+    <w:p w14:paraId="47B4E015" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRDefault="00541C6D" w:rsidP="002807CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000080"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009041E2" w:rsidRDefault="002807CF" w:rsidP="002807CF">
+    <w:p w14:paraId="01056CBC" w14:textId="77777777" w:rsidR="009041E2" w:rsidRDefault="002807CF" w:rsidP="002807CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00541C6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>DOSSIER DE DEMANDE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002807CF" w:rsidRPr="00414BFA" w:rsidRDefault="002807CF" w:rsidP="002807CF">
+    <w:p w14:paraId="48291960" w14:textId="77777777" w:rsidR="002807CF" w:rsidRPr="00414BFA" w:rsidRDefault="002807CF" w:rsidP="002807CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:before="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000080"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00541C6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000080"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>D’AUTORISATION DE LIEU DE RECHERCHES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE6CFD" w:rsidRDefault="00CE6CFD" w:rsidP="000B61CE">
+    <w:p w14:paraId="6BBF50BD" w14:textId="77777777" w:rsidR="00CE6CFD" w:rsidRDefault="00CE6CFD" w:rsidP="000B61CE">
       <w:pPr>
         <w:pStyle w:val="Texte"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008449F9" w:rsidRPr="008449F9" w:rsidRDefault="008449F9" w:rsidP="008449F9">
+    <w:p w14:paraId="2589584D" w14:textId="78498C60" w:rsidR="008449F9" w:rsidRPr="008449F9" w:rsidRDefault="00390FE4" w:rsidP="008449F9">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008449F9">
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>A adresser à :</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008449F9" w:rsidRPr="00541C6D" w:rsidRDefault="007C3065" w:rsidP="008449F9">
+        <w:t>À</w:t>
+      </w:r>
+      <w:r w:rsidR="008449F9" w:rsidRPr="008449F9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adresser à :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="210D3C58" w14:textId="25A065E4" w:rsidR="008449F9" w:rsidRPr="00541C6D" w:rsidRDefault="005E39D0" w:rsidP="008449F9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Monsieur le directeur de l’Agence Régionale de S</w:t>
+        <w:t>Madame la directrice générale</w:t>
+      </w:r>
+      <w:r w:rsidR="007C3065">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de l’Agence </w:t>
+      </w:r>
+      <w:r w:rsidR="00390FE4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="007C3065">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">égionale de </w:t>
+      </w:r>
+      <w:r w:rsidR="00390FE4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="008449F9" w:rsidRPr="00541C6D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">anté </w:t>
       </w:r>
       <w:r w:rsidR="00410FA3">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Auvergne Rhône Alpes</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="008449F9" w:rsidRDefault="00410FA3" w:rsidP="008449F9">
+        <w:t>Auvergne</w:t>
+      </w:r>
+      <w:r w:rsidR="00390FE4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00410FA3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Rhône</w:t>
+      </w:r>
+      <w:r w:rsidR="00390FE4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00410FA3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Alpes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13D0C28E" w14:textId="77777777" w:rsidR="008449F9" w:rsidRDefault="00410FA3" w:rsidP="008449F9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Direction de l’Offre de Soins</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE6CFD" w:rsidRDefault="00CE6CFD" w:rsidP="008449F9">
+    <w:p w14:paraId="4AC4791C" w14:textId="77777777" w:rsidR="00CE6CFD" w:rsidRDefault="00CE6CFD" w:rsidP="008449F9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="00541C6D">
+    <w:p w14:paraId="6E66F180" w14:textId="77777777" w:rsidR="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="00541C6D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002807CF" w:rsidRPr="00541C6D" w:rsidRDefault="002807CF" w:rsidP="00541C6D">
+    <w:p w14:paraId="7E4B9C87" w14:textId="77777777" w:rsidR="002807CF" w:rsidRPr="00541C6D" w:rsidRDefault="002807CF" w:rsidP="00541C6D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00541C6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Etablissement</w:t>
       </w:r>
       <w:r w:rsidR="00541C6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> demandeur</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00541C6D" w:rsidRDefault="00541C6D" w:rsidP="00E80B8B">
+    <w:p w14:paraId="35C0EFF0" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRDefault="00541C6D" w:rsidP="00E80B8B">
       <w:pPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidTr="00541C6D">
+      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w14:paraId="0C6FE74E" w14:textId="77777777" w:rsidTr="00541C6D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9166" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00541C6D">
+          <w:p w14:paraId="45C19EA2" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00541C6D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">Lieu de </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>recherches</w:t>
             </w:r>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
+          <w:p w14:paraId="2FEF7B87" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Intitulé :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
+          <w:p w14:paraId="1162B93F" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Responsable (nom, qualité et fonction) :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00541C6D">
+          <w:p w14:paraId="13695924" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00541C6D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00541C6D">
+          <w:p w14:paraId="4B8D76D8" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00541C6D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Etablissement :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
+          <w:p w14:paraId="0D15223A" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Intitulé :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
+          <w:p w14:paraId="7ECEB1CE" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Adresse :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
+          <w:p w14:paraId="5A882884" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Code postal / ville :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00541C6D">
+          <w:p w14:paraId="34873362" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00541C6D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00541C6D">
+          <w:p w14:paraId="41CB11DD" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00541C6D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Direction :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
+          <w:p w14:paraId="26792E44" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Directeur :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
+          <w:p w14:paraId="11F0BE86" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Téléphone :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
+          <w:p w14:paraId="5BC9C9A9" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Télécopie :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541C6D" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
+          <w:p w14:paraId="674A2DF6" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRDefault="00541C6D" w:rsidP="00F9196F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Courriel :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="00CA131E">
+          <w:p w14:paraId="23D220D8" w14:textId="77777777" w:rsidR="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="00CA131E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CA131E" w:rsidRPr="00622A7D" w:rsidRDefault="00CA131E" w:rsidP="00CA131E">
+          <w:p w14:paraId="4F42B637" w14:textId="77777777" w:rsidR="00CA131E" w:rsidRPr="00622A7D" w:rsidRDefault="00CA131E" w:rsidP="00CA131E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00622A7D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Responsable du lieu de recherche</w:t>
             </w:r>
             <w:r w:rsidR="00622A7D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CA131E" w:rsidRPr="0006144A" w:rsidRDefault="00CA131E" w:rsidP="00F9196F">
+          <w:p w14:paraId="4D553B37" w14:textId="77777777" w:rsidR="00CA131E" w:rsidRPr="0006144A" w:rsidRDefault="00CA131E" w:rsidP="00F9196F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Téléphone :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CA131E" w:rsidRPr="0006144A" w:rsidRDefault="00CA131E" w:rsidP="00F9196F">
+          <w:p w14:paraId="59CD81A6" w14:textId="77777777" w:rsidR="00CA131E" w:rsidRPr="0006144A" w:rsidRDefault="00CA131E" w:rsidP="00F9196F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Télécopie :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00541C6D" w:rsidRPr="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="00F9196F">
+          <w:p w14:paraId="3BF3A0E3" w14:textId="77777777" w:rsidR="00541C6D" w:rsidRPr="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="00F9196F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Courriel :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002807CF" w:rsidRDefault="002807CF" w:rsidP="002B1959">
+    <w:p w14:paraId="3C094FB6" w14:textId="77777777" w:rsidR="002807CF" w:rsidRDefault="002807CF" w:rsidP="002B1959">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="00CA131E">
+    <w:p w14:paraId="4C43D1AF" w14:textId="77777777" w:rsidR="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="00CA131E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Contact ARS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="00CA131E">
+    <w:p w14:paraId="60CFF4DF" w14:textId="77777777" w:rsidR="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="00CA131E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF0AF2" w:rsidRDefault="00EF0AF2" w:rsidP="007C3065">
+    <w:p w14:paraId="24F20819" w14:textId="77777777" w:rsidR="00EF0AF2" w:rsidRDefault="00EF0AF2" w:rsidP="007C3065">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="007C3065">
+    <w:p w14:paraId="742D6EEF" w14:textId="7E904B23" w:rsidR="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="007C3065">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA131E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pour </w:t>
       </w:r>
       <w:r w:rsidR="00EF0AF2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">toute question </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA131E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t> :</w:t>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="007C3065">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00EF0AF2" w:rsidRPr="00A53E8C">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>ars-ara-lieux-de-recherche@ars.sante.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00EF0AF2" w:rsidRPr="00CA131E" w:rsidRDefault="00EF0AF2" w:rsidP="007C3065">
+    <w:p w14:paraId="0E05CE73" w14:textId="77777777" w:rsidR="00EF0AF2" w:rsidRPr="00CA131E" w:rsidRDefault="00EF0AF2" w:rsidP="007C3065">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA131E" w:rsidRPr="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="00CA131E">
+    <w:p w14:paraId="0FCDBC91" w14:textId="77777777" w:rsidR="00CA131E" w:rsidRPr="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="00CA131E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA131E" w:rsidRPr="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="00CA131E">
+    <w:p w14:paraId="62C7AF49" w14:textId="77777777" w:rsidR="00CA131E" w:rsidRPr="00CA131E" w:rsidRDefault="00CA131E" w:rsidP="00CA131E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00CA131E" w:rsidRPr="00CA131E" w:rsidSect="00E80B8B">
-          <w:footerReference w:type="even" r:id="rId10"/>
-          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId11"/>
+          <w:footerReference w:type="default" r:id="rId12"/>
           <w:endnotePr>
             <w:numFmt w:val="decimal"/>
           </w:endnotePr>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="993" w:right="1440" w:bottom="1135" w:left="1440" w:header="1134" w:footer="688" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRDefault="002B1959" w:rsidP="002B1959">
+    <w:p w14:paraId="219C6E98" w14:textId="77777777" w:rsidR="002B1959" w:rsidRDefault="002B1959" w:rsidP="002B1959">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001412BE" w:rsidRPr="002807CF" w:rsidRDefault="001412BE" w:rsidP="001412BE">
+    <w:p w14:paraId="094B865A" w14:textId="77777777" w:rsidR="001412BE" w:rsidRPr="002807CF" w:rsidRDefault="001412BE" w:rsidP="001412BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -1143,459 +1269,496 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="002807CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0080092B" w:rsidRDefault="0080092B" w:rsidP="00A576F9">
+    <w:p w14:paraId="316DE8F6" w14:textId="77777777" w:rsidR="0080092B" w:rsidRDefault="0080092B" w:rsidP="00A576F9">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau1"/>
         <w:tblW w:w="9103" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2437"/>
         <w:gridCol w:w="5384"/>
         <w:gridCol w:w="641"/>
         <w:gridCol w:w="641"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidTr="00254DF5">
+      <w:tr w:rsidR="0080092B" w:rsidRPr="009D4E08" w14:paraId="656389C1" w14:textId="77777777" w:rsidTr="00254DF5">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7821" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="608EFD08" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:pStyle w:val="Notedebasdepage"/>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="-108"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6E7C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>La demande d’autorisation de lieu de recherche correspond au(x) motif(s) suivant(s) :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="641" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="00BD068C" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="688E09AD" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="00BD068C" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD068C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="641" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="00BD068C" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="2C160FA9" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="00BD068C" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD068C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidTr="00254DF5">
+      <w:tr w:rsidR="0080092B" w:rsidRPr="009D4E08" w14:paraId="7D25E0FB" w14:textId="77777777" w:rsidTr="00254DF5">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7821" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="36A89644" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:pStyle w:val="Notedebasdepage"/>
               <w:widowControl w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D4E08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Les recherches comportent une </w:t>
             </w:r>
             <w:r w:rsidRPr="009D4E08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>première administration d’un médicament  à l’homme</w:t>
+              <w:t xml:space="preserve">première administration d’un </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009D4E08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>médicament  à</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009D4E08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> l’homme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="641" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="7C9990C8" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="641" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="2A543FF2" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidTr="00254DF5">
+      <w:tr w:rsidR="0080092B" w:rsidRPr="009D4E08" w14:paraId="438033C1" w14:textId="77777777" w:rsidTr="00254DF5">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="3134F49F" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D4E08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">Les recherches comportent </w:t>
             </w:r>
             <w:r w:rsidRPr="009D4E08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
-              <w:t>une intervention à risque non négligeable</w:t>
+              <w:t xml:space="preserve">une intervention à risque non </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009D4E08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>négligeable</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="009D4E08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
-              <w:t xml:space="preserve">sur la personne humaine ou portent sur un </w:t>
+              <w:t>sur</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009D4E08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la personne humaine ou portent sur un </w:t>
             </w:r>
             <w:r w:rsidRPr="009D4E08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>médicament à usage humain</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5384" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="00BA6E7C" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="57993FEB" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="00BA6E7C" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Et sont réalisées</w:t>
             </w:r>
             <w:r w:rsidRPr="009D4E08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009D4E08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>en dehors d’un lieu de soin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="641" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="2D35F124" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="641" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="0970B298" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidTr="00254DF5">
+      <w:tr w:rsidR="0080092B" w:rsidRPr="009D4E08" w14:paraId="71372DFC" w14:textId="77777777" w:rsidTr="00254DF5">
         <w:trPr>
           <w:trHeight w:val="147"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="284E5858" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5384" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="609FEAA7" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">Et </w:t>
             </w:r>
             <w:r w:rsidRPr="009D4E08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>nécessit</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
@@ -1616,121 +1779,121 @@
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">actes non habituellement pratiqués </w:t>
             </w:r>
             <w:r w:rsidRPr="009D4E08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">dans le cadre de l’activité du </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>lieu de soins</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="641" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="71F9FBD4" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="641" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="1E3EFB30" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidTr="00254DF5">
+      <w:tr w:rsidR="0080092B" w:rsidRPr="007425D6" w14:paraId="72E73A86" w14:textId="77777777" w:rsidTr="00254DF5">
         <w:trPr>
           <w:trHeight w:val="147"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2437" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="6CEC1CAC" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5384" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="3914E3B4" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="009D4E08" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve">Et </w:t>
             </w:r>
             <w:r w:rsidRPr="009D4E08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>concern</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
@@ -1763,552 +1926,602 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="009D4E08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> pour l</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>esquelles le service</w:t>
             </w:r>
             <w:r w:rsidRPr="009D4E08">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
-              <w:t xml:space="preserve"> a compétence</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D4E08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D4E08">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> compétence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="641" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="7170358C" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="641" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
+          <w:p w14:paraId="78C32ECC" w14:textId="77777777" w:rsidR="0080092B" w:rsidRPr="007425D6" w:rsidRDefault="0080092B" w:rsidP="00C361DB">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0080092B" w:rsidRDefault="0080092B" w:rsidP="0080092B">
+    <w:p w14:paraId="2BBD0E9B" w14:textId="77777777" w:rsidR="0080092B" w:rsidRDefault="0080092B" w:rsidP="0080092B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001412BE" w:rsidRPr="001412BE" w:rsidRDefault="001412BE" w:rsidP="001412BE">
+    <w:p w14:paraId="0EE627C1" w14:textId="77777777" w:rsidR="001412BE" w:rsidRPr="001412BE" w:rsidRDefault="001412BE" w:rsidP="001412BE">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF08D3" w:rsidRDefault="00CF08D3" w:rsidP="00CF08D3">
+    <w:p w14:paraId="2E8FC99E" w14:textId="77777777" w:rsidR="00CF08D3" w:rsidRDefault="00CF08D3" w:rsidP="00CF08D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00203C88">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>S’il a été répondu « oui » à l’un des items au minimum, un dossier de demande d’autorisation de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> l</w:t>
       </w:r>
       <w:r w:rsidRPr="00203C88">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve">ieu de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00203C88">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>echerches doit être déposé.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00134696" w:rsidRDefault="00134696" w:rsidP="00134696">
+    <w:p w14:paraId="5D367635" w14:textId="77777777" w:rsidR="00134696" w:rsidRDefault="00134696" w:rsidP="00134696">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00761F1D" w:rsidRDefault="00761F1D" w:rsidP="00134696">
+    <w:p w14:paraId="0D61B7DB" w14:textId="77777777" w:rsidR="00761F1D" w:rsidRDefault="00761F1D" w:rsidP="00134696">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00761F1D" w:rsidRDefault="00726E1B" w:rsidP="00726E1B">
+    <w:p w14:paraId="78D715E9" w14:textId="77777777" w:rsidR="00761F1D" w:rsidRDefault="00726E1B" w:rsidP="00726E1B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Type d’autorisation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00254DF5" w:rsidRDefault="00254DF5" w:rsidP="00726E1B">
+    <w:p w14:paraId="6E70852D" w14:textId="77777777" w:rsidR="00254DF5" w:rsidRDefault="00254DF5" w:rsidP="00726E1B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00254DF5" w:rsidRPr="00726E1B" w:rsidRDefault="00254DF5" w:rsidP="00726E1B">
+    <w:p w14:paraId="6DB20129" w14:textId="77777777" w:rsidR="00254DF5" w:rsidRPr="00726E1B" w:rsidRDefault="00254DF5" w:rsidP="00726E1B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA6E7C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">La demande d’autorisation </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>concerne un lieu destiné à accueillir :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00254DF5" w:rsidRPr="00533579" w:rsidRDefault="00254DF5" w:rsidP="00761F1D">
+    <w:p w14:paraId="60E37ECC" w14:textId="77777777" w:rsidR="00254DF5" w:rsidRPr="00533579" w:rsidRDefault="00254DF5" w:rsidP="00761F1D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4555"/>
         <w:gridCol w:w="4507"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00761F1D" w:rsidRPr="009A4660" w:rsidTr="00C361DB">
+      <w:tr w:rsidR="00761F1D" w:rsidRPr="009A4660" w14:paraId="3C05EF0F" w14:textId="77777777" w:rsidTr="00C361DB">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5172" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00761F1D" w:rsidRPr="00726E1B" w:rsidRDefault="0063121E" w:rsidP="00254DF5">
+          <w:p w14:paraId="12845086" w14:textId="77777777" w:rsidR="00761F1D" w:rsidRPr="00726E1B" w:rsidRDefault="00000000" w:rsidP="00254DF5">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:b/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1975135600"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00254DF5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00761F1D" w:rsidRPr="00726E1B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> des </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00761F1D" w:rsidRPr="00726E1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>des</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00761F1D" w:rsidRPr="00726E1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00726E1B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>essais cliniques de</w:t>
             </w:r>
             <w:r w:rsidR="00761F1D" w:rsidRPr="00726E1B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r w:rsidR="00726E1B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">ère </w:t>
             </w:r>
             <w:r w:rsidR="00761F1D" w:rsidRPr="00726E1B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>administration à l'homme</w:t>
             </w:r>
             <w:r w:rsidR="00726E1B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> d’un médicament</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5248" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00761F1D" w:rsidRPr="00726E1B" w:rsidRDefault="00761F1D" w:rsidP="00254DF5">
+          <w:p w14:paraId="7911D42E" w14:textId="77777777" w:rsidR="00761F1D" w:rsidRPr="00726E1B" w:rsidRDefault="00761F1D" w:rsidP="00254DF5">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00726E1B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Votre autorisation sera valide </w:t>
             </w:r>
             <w:r w:rsidRPr="00726E1B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3 ans</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00761F1D" w:rsidRPr="00D2226C" w:rsidTr="00C361DB">
+      <w:tr w:rsidR="00761F1D" w:rsidRPr="00D2226C" w14:paraId="0DD7B2B1" w14:textId="77777777" w:rsidTr="00C361DB">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5172" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00761F1D" w:rsidRPr="00726E1B" w:rsidRDefault="0063121E" w:rsidP="00254DF5">
+          <w:p w14:paraId="4AB0E026" w14:textId="77777777" w:rsidR="00761F1D" w:rsidRPr="00726E1B" w:rsidRDefault="00000000" w:rsidP="00254DF5">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:b/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1894036075"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00254DF5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00761F1D" w:rsidRPr="00726E1B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> d'autres recherches de type 1°</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00761F1D" w:rsidRPr="00726E1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>d'autres</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00761F1D" w:rsidRPr="00726E1B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> recherches de type 1°</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5248" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00761F1D" w:rsidRPr="00726E1B" w:rsidRDefault="00761F1D" w:rsidP="00254DF5">
+          <w:p w14:paraId="7E93F980" w14:textId="77777777" w:rsidR="00761F1D" w:rsidRPr="00726E1B" w:rsidRDefault="00761F1D" w:rsidP="00254DF5">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00726E1B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Votre autorisation sera valide </w:t>
             </w:r>
             <w:r w:rsidRPr="00726E1B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7 ans</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00134696">
+    <w:p w14:paraId="26EEE846" w14:textId="77777777" w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00134696">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00254DF5" w:rsidRDefault="00254DF5" w:rsidP="00134696">
+    <w:p w14:paraId="36519335" w14:textId="77777777" w:rsidR="00254DF5" w:rsidRDefault="00254DF5" w:rsidP="00134696">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00254DF5" w:rsidRDefault="00254DF5" w:rsidP="00134696">
+    <w:p w14:paraId="7289208F" w14:textId="77777777" w:rsidR="00254DF5" w:rsidRDefault="00254DF5" w:rsidP="00134696">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="006E10C6">
+    <w:p w14:paraId="11B2F2A8" w14:textId="77777777" w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="006E10C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="006E10C6">
+    <w:p w14:paraId="1913CF4E" w14:textId="77777777" w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="006E10C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50202">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Le demandeur du projet de lieu de recherche doit faire figurer</w:t>
       </w:r>
       <w:r>
@@ -2328,412 +2541,454 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve">demandées ci-dessous dans une </w:t>
       </w:r>
       <w:r w:rsidRPr="006E10C6">
         <w:rPr>
           <w:i/>
           <w:color w:val="215868" w:themeColor="accent5" w:themeShade="80"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>police différente</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> pour une meilleure lisibilité.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E10C6" w:rsidRPr="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="006E10C6">
+    <w:p w14:paraId="2804A6A0" w14:textId="01919505" w:rsidR="006E10C6" w:rsidRPr="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="006E10C6">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
-        <w:t xml:space="preserve">L’Agence Régionale de Santé se réserve le droit de demander des pièces complémentaires après le dépôt du dossier afin d’affiner les informations recueillies. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B8603C" w:rsidRDefault="00B8603C" w:rsidP="00B8603C">
+        <w:t xml:space="preserve">L’Agence </w:t>
+      </w:r>
+      <w:r w:rsidR="007E25CD">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">égionale </w:t>
+      </w:r>
+      <w:r w:rsidR="007E25CD">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="007E25CD">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anté se réserve le droit de demander des pièces complémentaires après le dépôt du dossier afin d’affiner les informations recueillies. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5578FFF2" w14:textId="77777777" w:rsidR="00B8603C" w:rsidRDefault="00B8603C" w:rsidP="00B8603C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00B8603C">
+    <w:p w14:paraId="1DFFCD1E" w14:textId="77777777" w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00B8603C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CE6CFD" w:rsidRPr="00CE6CFD" w:rsidRDefault="009E1900" w:rsidP="001E7693">
+    <w:p w14:paraId="796CC871" w14:textId="77777777" w:rsidR="00CE6CFD" w:rsidRPr="00CE6CFD" w:rsidRDefault="009E1900" w:rsidP="001E7693">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="00E70873" w:rsidRPr="00E70873">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> ANNEXES</w:t>
       </w:r>
       <w:r w:rsidR="00CE6CFD" w:rsidRPr="00CE6CFD">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> sont à transmettre à l’ARS via la plateforme démarches simplifiées. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE6CFD" w:rsidRDefault="00CE6CFD" w:rsidP="001E7693">
+    <w:p w14:paraId="5D52A15E" w14:textId="77777777" w:rsidR="00CE6CFD" w:rsidRDefault="00CE6CFD" w:rsidP="001E7693">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000080"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CE6CFD" w:rsidRDefault="0063121E" w:rsidP="001E7693">
+    <w:p w14:paraId="460578FA" w14:textId="77777777" w:rsidR="00CE6CFD" w:rsidRDefault="00CE6CFD" w:rsidP="001E7693">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000080"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00CE6CFD" w:rsidRPr="00003678">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00003678">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:b/>
             <w:spacing w:val="-3"/>
           </w:rPr>
           <w:t>https://www.demarches-simplifiees.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00CE6CFD" w:rsidRDefault="00CE6CFD" w:rsidP="001E7693">
+    <w:p w14:paraId="5AFEE2E3" w14:textId="77777777" w:rsidR="00CE6CFD" w:rsidRDefault="00CE6CFD" w:rsidP="001E7693">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000080"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CE6CFD" w:rsidRDefault="00CE6CFD" w:rsidP="00CE6CFD">
+    <w:p w14:paraId="7F531705" w14:textId="77777777" w:rsidR="00CE6CFD" w:rsidRDefault="00CE6CFD" w:rsidP="00CE6CFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
+    <w:p w14:paraId="31A724FC" w14:textId="77777777" w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
+    <w:p w14:paraId="7442AF49" w14:textId="77777777" w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
+    <w:p w14:paraId="3D4B7842" w14:textId="77777777" w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
+    <w:p w14:paraId="135155D2" w14:textId="77777777" w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
+    <w:p w14:paraId="32560499" w14:textId="77777777" w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
+    <w:p w14:paraId="28FB3AF9" w14:textId="77777777" w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
+    <w:p w14:paraId="491230AF" w14:textId="77777777" w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
+    <w:p w14:paraId="59E27553" w14:textId="77777777" w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00CE6CFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRPr="00136BF3" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
+    <w:p w14:paraId="5FBBE37E" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00136BF3" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136BF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Renseignements administratifs relatifs au </w:t>
       </w:r>
       <w:r w:rsidR="00CF08D3" w:rsidRPr="00136BF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>lieu de recherche</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00136BF3" w:rsidRPr="00136BF3" w:rsidRDefault="00136BF3" w:rsidP="00136BF3">
+    <w:p w14:paraId="461339A8" w14:textId="77777777" w:rsidR="00136BF3" w:rsidRPr="00136BF3" w:rsidRDefault="00136BF3" w:rsidP="00136BF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF08D3" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
+    <w:p w14:paraId="6A97B68C" w14:textId="77777777" w:rsidR="00CF08D3" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A0591C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Localisation précise dans l’établissement</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF08D3">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> (bâtiment, étage, et, le cas échéant, pièces)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF08D3" w:rsidRDefault="00CF08D3" w:rsidP="00CF08D3">
+    <w:p w14:paraId="594314DD" w14:textId="77777777" w:rsidR="00CF08D3" w:rsidRDefault="00CF08D3" w:rsidP="00CF08D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRDefault="00CF08D3" w:rsidP="00F9196F">
+    <w:p w14:paraId="7D8453B9" w14:textId="77777777" w:rsidR="002B1959" w:rsidRDefault="00CF08D3" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A0591C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Coordonnées du service</w:t>
       </w:r>
       <w:r>
@@ -2757,350 +3012,348 @@
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="002B1959" w:rsidRPr="00CF08D3">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>télécopie :</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF08D3">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="002B1959" w:rsidRPr="00CF08D3">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>courriel :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A76DD" w:rsidRPr="00CF08D3" w:rsidRDefault="005A76DD" w:rsidP="005A76DD">
+    <w:p w14:paraId="588CE08F" w14:textId="77777777" w:rsidR="005A76DD" w:rsidRPr="00CF08D3" w:rsidRDefault="005A76DD" w:rsidP="005A76DD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRPr="00CE6CFD" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
+    <w:p w14:paraId="2F8FADA2" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00CE6CFD" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A0591C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve">Jours et heures d’ouverture du </w:t>
       </w:r>
       <w:r w:rsidR="00CF08D3" w:rsidRPr="00A0591C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>lieu de recherche</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E80B8B" w:rsidRPr="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00CE6CFD">
+    <w:p w14:paraId="3604F7F8" w14:textId="77777777" w:rsidR="00E80B8B" w:rsidRPr="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00CE6CFD">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
+    <w:p w14:paraId="77A9AFF2" w14:textId="77777777" w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Type d’activités</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> (consultations, hospitalisations complètes et/ou ambulatoires)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A76DD" w:rsidRPr="008432C8" w:rsidRDefault="005A76DD" w:rsidP="005A76DD">
+    <w:p w14:paraId="43CFC25D" w14:textId="77777777" w:rsidR="005A76DD" w:rsidRPr="008432C8" w:rsidRDefault="005A76DD" w:rsidP="005A76DD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRPr="006E10C6" w:rsidRDefault="00761F1D" w:rsidP="00F9196F">
+    <w:p w14:paraId="14602F8C" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="006E10C6" w:rsidRDefault="00761F1D" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="006E10C6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve">bjet de la demande d’autorisation : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00761F1D">
+    <w:p w14:paraId="490CC575" w14:textId="77777777" w:rsidR="006E10C6" w:rsidRDefault="006E10C6" w:rsidP="00761F1D">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00761F1D" w:rsidRDefault="0063121E" w:rsidP="006E10C6">
+    <w:p w14:paraId="09FFEACE" w14:textId="77777777" w:rsidR="00761F1D" w:rsidRDefault="00000000" w:rsidP="006E10C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:id w:val="-370687773"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007D0A93">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00254DF5">
         <w:t>Première autorisation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00254DF5" w:rsidRDefault="00254DF5" w:rsidP="006E10C6">
+    <w:p w14:paraId="39DF9762" w14:textId="77777777" w:rsidR="00254DF5" w:rsidRDefault="00254DF5" w:rsidP="006E10C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00254DF5" w:rsidRDefault="0063121E" w:rsidP="006E10C6">
+    <w:p w14:paraId="51BF6D6E" w14:textId="77777777" w:rsidR="00254DF5" w:rsidRDefault="00000000" w:rsidP="006E10C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:id w:val="-511991444"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00254DF5">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00254DF5" w:rsidRPr="00254DF5">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00254DF5">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Renouvellement d’autorisation (renseigner l’ancien arrêté d’autorisation le cas échéant).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB4FE6" w:rsidRPr="00E80B8B" w:rsidRDefault="00CB4FE6" w:rsidP="002B1959">
+    <w:p w14:paraId="37D60534" w14:textId="77777777" w:rsidR="00CB4FE6" w:rsidRPr="00E80B8B" w:rsidRDefault="00CB4FE6" w:rsidP="002B1959">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRPr="005A2833" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
+    <w:p w14:paraId="2892797A" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="005A2833" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136BF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Nature des recherches envisagées</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00710EB2" w:rsidRDefault="00710EB2" w:rsidP="00710EB2">
+    <w:p w14:paraId="164B1224" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRDefault="00710EB2" w:rsidP="00710EB2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="00710EB2">
+    <w:p w14:paraId="5903BA3B" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="00710EB2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD0A0F">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve">Vos recherches portent-elles sur </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
@@ -3125,579 +3378,579 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="404" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="120" w:type="dxa"/>
           <w:right w:w="120" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6662"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1086"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidTr="008533DA">
+      <w:tr w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w14:paraId="1F7B5886" w14:textId="77777777" w:rsidTr="008533DA">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="6662" w:type="dxa"/>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
+          <w:p w14:paraId="7F0C4A63" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
+          <w:p w14:paraId="158EB9D2" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidTr="008533DA">
+      <w:tr w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w14:paraId="7960A01F" w14:textId="77777777" w:rsidTr="008533DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00710EB2" w:rsidRPr="007D0A93" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
+          <w:p w14:paraId="59FFDF19" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="007D0A93" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D0A93">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Médicaments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
+          <w:p w14:paraId="481EBACB" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
+          <w:p w14:paraId="5DF0C91F" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E1900" w:rsidRPr="00FD0A0F" w:rsidTr="008533DA">
+      <w:tr w:rsidR="009E1900" w:rsidRPr="00FD0A0F" w14:paraId="3C8141EE" w14:textId="77777777" w:rsidTr="008533DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="004A01CF">
+          <w:p w14:paraId="0AEBBAC1" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="004A01CF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D0A93">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Médicaments </w:t>
             </w:r>
             <w:r w:rsidR="004A01CF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:r w:rsidRPr="007D0A93">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> thérapie innovante </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1900" w:rsidRPr="00FD0A0F" w:rsidRDefault="009E1900" w:rsidP="008533DA">
+          <w:p w14:paraId="10682A66" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="00FD0A0F" w:rsidRDefault="009E1900" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1900" w:rsidRPr="00FD0A0F" w:rsidRDefault="009E1900" w:rsidP="008533DA">
+          <w:p w14:paraId="072F4BF2" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="00FD0A0F" w:rsidRDefault="009E1900" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E1900" w:rsidRPr="00FD0A0F" w:rsidTr="008533DA">
+      <w:tr w:rsidR="009E1900" w:rsidRPr="00FD0A0F" w14:paraId="5DF5812A" w14:textId="77777777" w:rsidTr="008533DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="008533DA">
+          <w:p w14:paraId="45CB1815" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D0A93">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>OGM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1900" w:rsidRPr="00FD0A0F" w:rsidRDefault="009E1900" w:rsidP="008533DA">
+          <w:p w14:paraId="1B67C88E" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="00FD0A0F" w:rsidRDefault="009E1900" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="009E1900" w:rsidRPr="00FD0A0F" w:rsidRDefault="009E1900" w:rsidP="008533DA">
+          <w:p w14:paraId="7785AAC7" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="00FD0A0F" w:rsidRDefault="009E1900" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidTr="008533DA">
+      <w:tr w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w14:paraId="3124E662" w14:textId="77777777" w:rsidTr="008533DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00710EB2" w:rsidRPr="007D0A93" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
+          <w:p w14:paraId="2E68FF40" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="007D0A93" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D0A93">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Biomatériaux et dispositifs médicaux</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
+          <w:p w14:paraId="0D150FAC" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
+          <w:p w14:paraId="7C06EFA7" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidTr="008533DA">
+      <w:tr w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w14:paraId="7FFDC599" w14:textId="77777777" w:rsidTr="008533DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00710EB2" w:rsidRPr="007D0A93" w:rsidRDefault="00710EB2" w:rsidP="00C33C3B">
+          <w:p w14:paraId="6FA71C3C" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="007D0A93" w:rsidRDefault="00710EB2" w:rsidP="00C33C3B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D0A93">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Organes, tissus, cellules d'origine humaine ou animale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
+          <w:p w14:paraId="78F31371" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
+          <w:p w14:paraId="203DDAC0" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidTr="008533DA">
+      <w:tr w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w14:paraId="1C4664B8" w14:textId="77777777" w:rsidTr="008533DA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00710EB2" w:rsidRPr="007D0A93" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
+          <w:p w14:paraId="45927438" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="007D0A93" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D0A93">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Produits cellulaires à finalité thérapeutique </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
+          <w:p w14:paraId="1E816914" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
+          <w:p w14:paraId="65A8EAD9" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="008533DA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00710EB2" w:rsidRDefault="00710EB2" w:rsidP="005A76DD">
+    <w:p w14:paraId="5392B12C" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRDefault="00710EB2" w:rsidP="005A76DD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00710EB2" w:rsidRDefault="00710EB2" w:rsidP="005A76DD">
+    <w:p w14:paraId="3DA3C604" w14:textId="77777777" w:rsidR="00710EB2" w:rsidRDefault="00710EB2" w:rsidP="005A76DD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CB4FE6" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="005A76DD">
+    <w:p w14:paraId="4EF069E9" w14:textId="77777777" w:rsidR="00CB4FE6" w:rsidRPr="00FD0A0F" w:rsidRDefault="00710EB2" w:rsidP="005A76DD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
@@ -3722,392 +3975,392 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="404" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="120" w:type="dxa"/>
           <w:right w:w="120" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6662"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1086"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidTr="007D0A93">
+      <w:tr w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w14:paraId="5CFAC162" w14:textId="77777777" w:rsidTr="007D0A93">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="6662" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
+          <w:p w14:paraId="781BDD0B" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
+          <w:p w14:paraId="5FFBE12F" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidTr="007D0A93">
+      <w:tr w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w14:paraId="6238FBB7" w14:textId="77777777" w:rsidTr="007D0A93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00CB4FE6">
+          <w:p w14:paraId="1AD9A95E" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00CB4FE6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0A0F">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Essais de phase 1 : utilisation de principes actifs nouveaux administrés pour la première fois à l’homme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
+          <w:p w14:paraId="2B4329AE" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
+          <w:p w14:paraId="4AA2CA55" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidTr="007D0A93">
+      <w:tr w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w14:paraId="790B0BAC" w14:textId="77777777" w:rsidTr="007D0A93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
+          <w:p w14:paraId="3F1D7758" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0A0F">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Essais de phase 2 (dose déterminée) : essais de toxicité, efficacité.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
+          <w:p w14:paraId="687838F8" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
+          <w:p w14:paraId="672E5F4D" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidTr="007D0A93">
+      <w:tr w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w14:paraId="30C32BD7" w14:textId="77777777" w:rsidTr="007D0A93">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
+          <w:p w14:paraId="37CBCB9B" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0A0F">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Essais de phase 3 : comparaison d’une stratégie A/B, développement de nouvelles indications thérapeutiques.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
+          <w:p w14:paraId="204ED88B" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1086" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
+          <w:p w14:paraId="0BD6212B" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00FD0A0F" w:rsidRDefault="002B1959" w:rsidP="00935EB4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C33C3B" w:rsidRDefault="00C33C3B" w:rsidP="00E80B8B">
+    <w:p w14:paraId="4A7599F1" w14:textId="77777777" w:rsidR="00C33C3B" w:rsidRDefault="00C33C3B" w:rsidP="00E80B8B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A2833" w:rsidRDefault="001256F4" w:rsidP="00E80B8B">
+    <w:p w14:paraId="1C9F8D4B" w14:textId="77777777" w:rsidR="005A2833" w:rsidRDefault="001256F4" w:rsidP="00E80B8B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve">Description générale </w:t>
       </w:r>
       <w:r w:rsidR="005A2833">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve">du type de recherches envisagées sur le lieu (nécessaire pour l’étude de votre dossier par </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>les insp</w:t>
       </w:r>
       <w:r w:rsidR="007D0A93">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve">ecteurs spécialisés éventuels) : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F17F75" w:rsidRDefault="00F17F75" w:rsidP="00E80B8B">
+    <w:p w14:paraId="2FFC2873" w14:textId="77777777" w:rsidR="00F17F75" w:rsidRDefault="00F17F75" w:rsidP="00E80B8B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A2833" w:rsidRDefault="005A2833" w:rsidP="00E80B8B">
+    <w:p w14:paraId="77A89213" w14:textId="77777777" w:rsidR="005A2833" w:rsidRDefault="005A2833" w:rsidP="00E80B8B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A2833" w:rsidRPr="00E80B8B" w:rsidRDefault="005A2833" w:rsidP="00E80B8B">
+    <w:p w14:paraId="18F8DBFD" w14:textId="77777777" w:rsidR="005A2833" w:rsidRPr="00E80B8B" w:rsidRDefault="005A2833" w:rsidP="00E80B8B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00134696" w:rsidRPr="007D0A93" w:rsidRDefault="00633576" w:rsidP="007D0A93">
+    <w:p w14:paraId="1E1C40C5" w14:textId="77777777" w:rsidR="00134696" w:rsidRPr="007D0A93" w:rsidRDefault="00633576" w:rsidP="007D0A93">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
@@ -4154,945 +4407,945 @@
         </w:rPr>
         <w:t xml:space="preserve"> pour</w:t>
       </w:r>
       <w:r w:rsidR="00710EB2">
         <w:rPr>
           <w:i/>
           <w:color w:val="003300"/>
         </w:rPr>
         <w:t xml:space="preserve"> toutes les reche</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="003300"/>
         </w:rPr>
         <w:t>rches portant sur le médicament</w:t>
       </w:r>
       <w:r w:rsidR="003B5C29">
         <w:rPr>
           <w:i/>
           <w:color w:val="003300"/>
         </w:rPr>
         <w:t xml:space="preserve"> (modèle disponible en annexe)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRPr="00136BF3" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
+    <w:p w14:paraId="3CED8076" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00136BF3" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136BF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Personnes concernées</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6155"/>
         <w:gridCol w:w="984"/>
         <w:gridCol w:w="1111"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidTr="00CB4FE6">
+      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w14:paraId="28FAD736" w14:textId="77777777" w:rsidTr="00CB4FE6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="7E65FFDC" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="2A15A8B0" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="1BF534E4" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="90" w:after="54"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidTr="00A0591C">
+      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w14:paraId="73450A53" w14:textId="77777777" w:rsidTr="00A0591C">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="00710EB2" w:rsidP="00C33C3B">
+          <w:p w14:paraId="3A1EF7ED" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="00710EB2" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="002B1959" w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>olontaires sains</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="511A199C" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="71555FB1" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidTr="00A0591C">
+      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w14:paraId="48EC435F" w14:textId="77777777" w:rsidTr="00A0591C">
         <w:trPr>
           <w:trHeight w:val="417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="00710EB2" w:rsidP="00C33C3B">
+          <w:p w14:paraId="3AAA0A43" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="00710EB2" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="002B1959" w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>olontaires malades</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="28588CC6" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="681D5900" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidTr="00A0591C">
+      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w14:paraId="36859055" w14:textId="77777777" w:rsidTr="00A0591C">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="00CB19F1" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="2AE15C58" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00CB19F1" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB19F1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Majeurs (&gt; 18 ans)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="22A064BA" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="7E44F55B" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidTr="00A0591C">
+      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w14:paraId="7A92E672" w14:textId="77777777" w:rsidTr="00A0591C">
         <w:trPr>
           <w:trHeight w:val="415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="00CB19F1" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="3CFED27D" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00CB19F1" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB19F1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Mineurs ayant plus de 15 ans et 3 mois </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="16DDD570" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="5751DCDD" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidTr="00A0591C">
+      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w14:paraId="1BCCCB07" w14:textId="77777777" w:rsidTr="00A0591C">
         <w:trPr>
           <w:trHeight w:val="407"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="00CB19F1" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="709F8D49" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00CB19F1" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB19F1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Mineurs ayant moins de 15 ans et 3 mois</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="33FC1CAF" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="69E54674" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidTr="00A0591C">
+      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w14:paraId="524FCEEC" w14:textId="77777777" w:rsidTr="00A0591C">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="1A957AD3" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Age minimum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="7395BBBA" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w:rsidTr="00A0591C">
+      <w:tr w:rsidR="00541C6D" w:rsidRPr="0006144A" w14:paraId="7557FFC3" w14:textId="77777777" w:rsidTr="00A0591C">
         <w:trPr>
           <w:trHeight w:val="407"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="5AC2136B" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="right"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0006144A">
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t>Age maximum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
+          <w:p w14:paraId="626FC7FC" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0006144A" w:rsidRDefault="002B1959" w:rsidP="00C33C3B">
             <w:pPr>
               <w:keepNext/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002B1959" w:rsidRDefault="002B1959" w:rsidP="002B1959">
+    <w:p w14:paraId="4BFBC749" w14:textId="77777777" w:rsidR="002B1959" w:rsidRDefault="002B1959" w:rsidP="002B1959">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA05D8" w:rsidRDefault="0094224E" w:rsidP="002B1959">
+    <w:p w14:paraId="151927A5" w14:textId="77777777" w:rsidR="00DA05D8" w:rsidRDefault="0094224E" w:rsidP="002B1959">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Nota bene</w:t>
       </w:r>
       <w:r w:rsidR="00DA05D8">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t> : l’article R1121-10 du Code de la Santé Publique dispose que lorsque la recherche porte sur des personnes malades dont l’</w:t>
       </w:r>
       <w:r w:rsidR="002A6D52">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>état nécessite une hospitalisation,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> la recherche ne peut avoir lieu en dehors d’un établissement de santé.</w:t>
       </w:r>
       <w:r w:rsidR="002A6D52">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F17F75" w:rsidRPr="00E80B8B" w:rsidRDefault="00F17F75" w:rsidP="002B1959">
+    <w:p w14:paraId="01129C8B" w14:textId="77777777" w:rsidR="00F17F75" w:rsidRPr="00E80B8B" w:rsidRDefault="00F17F75" w:rsidP="002B1959">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRDefault="005A2833" w:rsidP="00F9196F">
+    <w:p w14:paraId="420C2B6E" w14:textId="77777777" w:rsidR="002B1959" w:rsidRDefault="005A2833" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Aménagement</w:t>
       </w:r>
       <w:r w:rsidR="00E80B8B" w:rsidRPr="00136BF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> et hygiène des locaux</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076D7D" w:rsidRPr="00136BF3" w:rsidRDefault="00076D7D" w:rsidP="00076D7D">
+    <w:p w14:paraId="67EAF7DF" w14:textId="77777777" w:rsidR="00076D7D" w:rsidRPr="00136BF3" w:rsidRDefault="00076D7D" w:rsidP="00076D7D">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
+    <w:p w14:paraId="3C34144F" w14:textId="77777777" w:rsidR="002B1959" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80B8B">
         <w:t xml:space="preserve">Description </w:t>
       </w:r>
       <w:r w:rsidR="00E80B8B" w:rsidRPr="00E80B8B">
         <w:t>des locaux</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A4337" w:rsidRDefault="005A4337" w:rsidP="005A4337">
+    <w:p w14:paraId="34FBDC90" w14:textId="77777777" w:rsidR="005A4337" w:rsidRDefault="005A4337" w:rsidP="005A4337">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A4337" w:rsidRDefault="005A4337" w:rsidP="00F9196F">
+    <w:p w14:paraId="3D494D30" w14:textId="77777777" w:rsidR="005A4337" w:rsidRDefault="005A4337" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B22875">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">ANNEXE </w:t>
       </w:r>
@@ -5107,59 +5360,64 @@
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Plan </w:t>
       </w:r>
       <w:r w:rsidR="007D0A93">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">masse </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A4337" w:rsidRPr="008F6866" w:rsidRDefault="005A4337" w:rsidP="005A4337">
+    <w:p w14:paraId="40231237" w14:textId="77777777" w:rsidR="005A4337" w:rsidRPr="008F6866" w:rsidRDefault="005A4337" w:rsidP="007E25CD">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="005A4337" w:rsidRPr="005A4337" w:rsidRDefault="005A4337" w:rsidP="00F9196F">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C7E916A" w14:textId="77777777" w:rsidR="005A4337" w:rsidRPr="005A4337" w:rsidRDefault="005A4337" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00537670">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>ANNEXE 3</w:t>
       </w:r>
@@ -5178,422 +5436,478 @@
       <w:r w:rsidR="00F17F75">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>cités infra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> (accueil, hôtellerie, hygiène, conditionnement</w:t>
       </w:r>
       <w:r w:rsidR="007D0A93">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>, PUI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A4337" w:rsidRPr="005A4337" w:rsidRDefault="005A4337" w:rsidP="005A4337">
+    <w:p w14:paraId="3E9D4349" w14:textId="77777777" w:rsidR="005A4337" w:rsidRPr="005A4337" w:rsidRDefault="005A4337" w:rsidP="005A4337">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E80B8B" w:rsidRPr="00E80B8B" w:rsidRDefault="00F17F75" w:rsidP="009E1900">
+    <w:p w14:paraId="322B0EB4" w14:textId="77777777" w:rsidR="00E80B8B" w:rsidRPr="00E80B8B" w:rsidRDefault="00F17F75" w:rsidP="009E1900">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F17F75">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Ou</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r w:rsidR="00E80B8B">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>réciser l’affectation</w:t>
       </w:r>
       <w:r w:rsidR="008F6866">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> et l’organisation des différents</w:t>
       </w:r>
       <w:r w:rsidR="00E80B8B">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> locaux dédiés :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRPr="0020340B" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
+    <w:p w14:paraId="38DFD84C" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0020340B" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0020340B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>à l’accueil et à la prise en charge des participants aux recherches biomédicales ;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002B1959" w:rsidRPr="0020340B" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
+        <w:t>à</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0020340B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l’accueil et à la prise en charge des participants aux recherches biomédicales ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E79AB54" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0020340B" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0020340B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>à l’hôtellerie (</w:t>
+        <w:t>à</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0020340B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l’hôtellerie (</w:t>
       </w:r>
       <w:r w:rsidR="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">préparation des repas, </w:t>
       </w:r>
       <w:r w:rsidRPr="0020340B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>restauration, détente)</w:t>
       </w:r>
       <w:r w:rsidR="005A6986">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRPr="0020340B" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
+    <w:p w14:paraId="1CAEBFE9" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0020340B" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0020340B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>au stockage des médicaments expérimentaux et produits expérimentaux nécessaires à la recherche (local fermant à clé) ;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002B1959" w:rsidRPr="0020340B" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
+        <w:t>au</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0020340B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stockage des médicaments expérimentaux et produits expérimentaux nécessaires à la recherche (local fermant à clé) ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77051400" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="0020340B" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0020340B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>au recueil, à la protection et à l’archivage des données ;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002B1959" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
+        <w:t>au</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0020340B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recueil, à la protection et à l’archivage des données ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DD3359" w14:textId="77777777" w:rsidR="002B1959" w:rsidRDefault="002B1959" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0020340B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>à l’hygiène</w:t>
+        <w:t>à</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0020340B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l’hygiène</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (notamment les unités ménagères)</w:t>
       </w:r>
       <w:r w:rsidR="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
+    <w:p w14:paraId="79078DCF" w14:textId="77777777" w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>aux activités de recueil, de préparation et de conservation des échantillons biologiques ;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
+        <w:t>aux</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activités de recueil, de préparation et de conservation des échantillons biologiques ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D82C0C" w14:textId="77777777" w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>au conditionnement et à l’étiquetage des médicaments expérimentaux.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002B1959" w:rsidRDefault="002B1959" w:rsidP="00B22875">
+        <w:t>au</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conditionnement et à l’étiquetage des médicaments expérimentaux.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D1E86ED" w14:textId="77777777" w:rsidR="002B1959" w:rsidRDefault="002B1959" w:rsidP="00B22875">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRDefault="00710EB2" w:rsidP="00F9196F">
+    <w:p w14:paraId="272AFF47" w14:textId="77777777" w:rsidR="002B1959" w:rsidRDefault="00710EB2" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80B8B">
         <w:t>Capacité d’accueil</w:t>
       </w:r>
       <w:r w:rsidR="005A4337">
         <w:t xml:space="preserve"> et d’évacuation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRDefault="005A4337" w:rsidP="005A4337">
+    <w:p w14:paraId="378FFDB7" w14:textId="77777777" w:rsidR="002B1959" w:rsidRDefault="005A4337" w:rsidP="005A4337">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -5617,405 +5931,447 @@
       <w:r w:rsidR="002B1959" w:rsidRPr="004728F5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> places </w:t>
       </w:r>
       <w:r w:rsidR="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">des lieux d’hospitalisation des personnes impliquées par les recherches ainsi que </w:t>
       </w:r>
       <w:r w:rsidR="002B1959" w:rsidRPr="004728F5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>leur localisation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A4337" w:rsidRPr="004728F5" w:rsidRDefault="005A4337" w:rsidP="005A4337">
+    <w:p w14:paraId="2A0534CA" w14:textId="77777777" w:rsidR="005A4337" w:rsidRPr="004728F5" w:rsidRDefault="005A4337" w:rsidP="005A4337">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRDefault="005A4337" w:rsidP="005A4337">
+    <w:p w14:paraId="24C70506" w14:textId="77777777" w:rsidR="002B1959" w:rsidRDefault="005A4337" w:rsidP="005A4337">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="002B1959" w:rsidRPr="004728F5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">e cas échéant, </w:t>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002B1959" w:rsidRPr="004728F5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cas échéant, </w:t>
       </w:r>
       <w:r w:rsidR="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">le </w:t>
       </w:r>
       <w:r w:rsidR="002B1959" w:rsidRPr="004728F5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>nombre de lits et places serva</w:t>
       </w:r>
       <w:r w:rsidR="00F17F75">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>nt exclusivement à la recherche</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A4337" w:rsidRDefault="005A4337" w:rsidP="005A4337">
+    <w:p w14:paraId="02187047" w14:textId="77777777" w:rsidR="005A4337" w:rsidRDefault="005A4337" w:rsidP="005A4337">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CD54D8" w:rsidRDefault="003D1A28" w:rsidP="003D1A28">
+    <w:p w14:paraId="7E981700" w14:textId="77777777" w:rsidR="00CD54D8" w:rsidRDefault="003D1A28" w:rsidP="003D1A28">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>ANNEXE 4</w:t>
+        <w:t xml:space="preserve">ANNEXE </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E80B8B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Plan </w:t>
       </w:r>
       <w:r w:rsidR="00537670">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">simplifié, en spécifiant l’adéquation des locaux avec une évacuation immédiate des participants en vue d’une prise en charge par un service approprié </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F17F75" w:rsidRPr="001E6900" w:rsidRDefault="00537670" w:rsidP="001E6900">
+    <w:p w14:paraId="2BB75895" w14:textId="77777777" w:rsidR="00F17F75" w:rsidRPr="001E6900" w:rsidRDefault="00537670" w:rsidP="001E6900">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CD54D8">
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">ou </w:t>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CD54D8">
+        <w:rPr>
+          <w:i/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>tout autre document faisant état des procédures d’évacuation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
+    <w:p w14:paraId="33CE272B" w14:textId="77777777" w:rsidR="002B1959" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Sécurité</w:t>
       </w:r>
       <w:r w:rsidR="002B1959" w:rsidRPr="00E80B8B">
         <w:t xml:space="preserve"> des locaux </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CD54D8" w:rsidRDefault="005A4337" w:rsidP="0092345D">
+    <w:p w14:paraId="06C16AB3" w14:textId="77777777" w:rsidR="00CD54D8" w:rsidRDefault="005A4337" w:rsidP="0092345D">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">ANNEXE </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CD54D8">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00B22875" w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B22875" w:rsidRPr="00E80B8B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Plan de sécurisation d’établissement (pour les établissements de santé)</w:t>
       </w:r>
       <w:r w:rsidR="005111FB">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B22875" w:rsidRPr="00F17F75" w:rsidRDefault="005111FB" w:rsidP="00F17F75">
+    <w:p w14:paraId="452712D8" w14:textId="77777777" w:rsidR="00B22875" w:rsidRPr="00F17F75" w:rsidRDefault="005111FB" w:rsidP="00F17F75">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CD54D8">
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> tout autre document </w:t>
       </w:r>
       <w:r w:rsidR="00CD54D8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>précisant les système de sécurisation des accès et de protection contre l’incendie et l’adéquation des locaux à l’accès des personnes handicapées et/ou mineures</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F17F75" w:rsidRDefault="00F17F75" w:rsidP="00B22875">
+    <w:p w14:paraId="070ABCB1" w14:textId="77777777" w:rsidR="00F17F75" w:rsidRDefault="00F17F75" w:rsidP="00B22875">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
+    <w:p w14:paraId="41F58C12" w14:textId="77777777" w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Hygiène</w:t>
       </w:r>
       <w:r w:rsidRPr="00E80B8B">
         <w:t xml:space="preserve"> des locaux </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076D7D" w:rsidRPr="00076D7D" w:rsidRDefault="00076D7D" w:rsidP="00076D7D">
+    <w:p w14:paraId="040B6A1B" w14:textId="77777777" w:rsidR="00076D7D" w:rsidRPr="00076D7D" w:rsidRDefault="00076D7D" w:rsidP="00076D7D">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00502FC2" w:rsidRPr="00076D7D" w:rsidRDefault="00E80B8B" w:rsidP="00076D7D">
+    <w:p w14:paraId="44F23FF0" w14:textId="77777777" w:rsidR="00502FC2" w:rsidRPr="00076D7D" w:rsidRDefault="00E80B8B" w:rsidP="00076D7D">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00076D7D">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">ANNEXE </w:t>
       </w:r>
@@ -6043,213 +6399,213 @@
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">giène </w:t>
       </w:r>
       <w:r w:rsidR="00A97991" w:rsidRPr="00142242">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>sur l</w:t>
       </w:r>
       <w:r w:rsidR="00CD54D8" w:rsidRPr="00142242">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>es locaux du lieu de recherche</w:t>
       </w:r>
       <w:r w:rsidR="00CD54D8" w:rsidRPr="00076D7D">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00502FC2" w:rsidRPr="00502FC2" w:rsidRDefault="00502FC2" w:rsidP="00502FC2">
+    <w:p w14:paraId="1C8BA186" w14:textId="77777777" w:rsidR="00502FC2" w:rsidRPr="00502FC2" w:rsidRDefault="00502FC2" w:rsidP="00502FC2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F17F75">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Ou</w:t>
       </w:r>
       <w:r w:rsidRPr="00076D7D">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00076D7D">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00502FC2">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">réciser les mesures d’hygiène prises dans les locaux dédiés à la recherche notamment : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00502FC2" w:rsidRPr="00502FC2" w:rsidRDefault="00502FC2" w:rsidP="00502FC2">
+    <w:p w14:paraId="33C04229" w14:textId="77777777" w:rsidR="00502FC2" w:rsidRPr="00502FC2" w:rsidRDefault="00502FC2" w:rsidP="00502FC2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00502FC2">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">-L’élimination des déchets </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRDefault="00502FC2" w:rsidP="00076D7D">
+    <w:p w14:paraId="71B6E660" w14:textId="77777777" w:rsidR="002B1959" w:rsidRDefault="00502FC2" w:rsidP="00076D7D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="003300"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00502FC2">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>-La prévention des infections nosocomiales</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="003300"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076D7D" w:rsidRDefault="00076D7D" w:rsidP="00076D7D">
+    <w:p w14:paraId="10B0D5A8" w14:textId="77777777" w:rsidR="00076D7D" w:rsidRDefault="00076D7D" w:rsidP="00076D7D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="003300"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00076D7D" w:rsidRPr="001F5774" w:rsidRDefault="00076D7D" w:rsidP="00076D7D">
+    <w:p w14:paraId="6B014D58" w14:textId="77777777" w:rsidR="00076D7D" w:rsidRPr="001F5774" w:rsidRDefault="00076D7D" w:rsidP="00076D7D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="003300"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRDefault="00076D7D" w:rsidP="00F9196F">
+    <w:p w14:paraId="2C011577" w14:textId="77777777" w:rsidR="002B1959" w:rsidRDefault="00076D7D" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00076D7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Equipement, r</w:t>
       </w:r>
       <w:r w:rsidR="00E80B8B" w:rsidRPr="00076D7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ecueil, préparation et conservation des produits et échantillons</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00076D7D" w:rsidRPr="00076D7D" w:rsidRDefault="00076D7D" w:rsidP="00076D7D">
+    <w:p w14:paraId="40A150AB" w14:textId="77777777" w:rsidR="00076D7D" w:rsidRPr="00076D7D" w:rsidRDefault="00076D7D" w:rsidP="00076D7D">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRPr="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
+    <w:p w14:paraId="07A0932E" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80B8B">
         <w:t>Equipement</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRPr="00D27DE4" w:rsidRDefault="00291BEA" w:rsidP="00D27DE4">
+    <w:p w14:paraId="363B0422" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00D27DE4" w:rsidRDefault="00291BEA" w:rsidP="00D27DE4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00142242">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">ANNEXE </w:t>
       </w:r>
@@ -6264,51 +6620,51 @@
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00633576" w:rsidRPr="00142242">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="002B1959" w:rsidRPr="00142242">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>iste descriptive précise des équipements consacrés à la recherche</w:t>
       </w:r>
       <w:r w:rsidR="003B5C29" w:rsidRPr="00142242">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B5C29" w:rsidRPr="00142242" w:rsidRDefault="003B5C29" w:rsidP="00142242">
+    <w:p w14:paraId="111A5D94" w14:textId="77777777" w:rsidR="003B5C29" w:rsidRPr="00142242" w:rsidRDefault="003B5C29" w:rsidP="00142242">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D40FB8">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Ou</w:t>
       </w:r>
       <w:r w:rsidRPr="00D40FB8">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C361DB" w:rsidRPr="00142242">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
@@ -6318,51 +6674,51 @@
       <w:r w:rsidRPr="00142242">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> des équipement</w:t>
       </w:r>
       <w:r w:rsidR="00142242" w:rsidRPr="00142242">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00142242">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> consacrés à la recherche </w:t>
       </w:r>
       <w:r w:rsidR="00C361DB" w:rsidRPr="00142242">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>notamment :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C361DB" w:rsidRPr="0092345D" w:rsidRDefault="00C361DB" w:rsidP="00C361DB">
+    <w:p w14:paraId="3B84A658" w14:textId="77777777" w:rsidR="00C361DB" w:rsidRPr="0092345D" w:rsidRDefault="00C361DB" w:rsidP="00C361DB">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0092345D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>1° Equipements spécifiques dédiés au recueil, à la préparation et à la conservation des prélèvements : centrifugeuse, réfrigérateur, congélateur... ;</w:t>
       </w:r>
       <w:r w:rsidRPr="0092345D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:br/>
         <w:t>2° Matériels destinés à assurer la sécurité des personnes ;</w:t>
       </w:r>
       <w:r w:rsidRPr="0092345D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:br/>
         <w:t>3° Matériels potentiellement dangereux en cas de dérèglement ou du fait de leur nature propre ;</w:t>
       </w:r>
@@ -6414,128 +6770,128 @@
         </w:rPr>
         <w:br/>
         <w:t>10° Système de chauffage, de rafraîchissement des locaux, de climatisation... ;</w:t>
       </w:r>
       <w:r w:rsidRPr="0092345D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:br/>
         <w:t>11° Equipements de communication int</w:t>
       </w:r>
       <w:r w:rsidR="00142242" w:rsidRPr="0092345D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>erne (bip, téléphone, fax...) ;</w:t>
       </w:r>
       <w:r w:rsidRPr="0092345D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:br/>
         <w:t>13° Le cas échéant, réseau de distribution des fluides médicaux.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F17F75" w:rsidRDefault="00F17F75" w:rsidP="002B1959">
+    <w:p w14:paraId="6AEE64EB" w14:textId="77777777" w:rsidR="00F17F75" w:rsidRDefault="00F17F75" w:rsidP="002B1959">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000080"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
+    <w:p w14:paraId="56A27B3D" w14:textId="77777777" w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00E80B8B">
         <w:t>aintenance</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> et contrôles qualité</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A420B" w:rsidRDefault="008A420B" w:rsidP="008A420B">
+    <w:p w14:paraId="325EB458" w14:textId="77777777" w:rsidR="008A420B" w:rsidRDefault="008A420B" w:rsidP="008A420B">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Préciser le nom du responsable de la maintenance de l’ensemble des équipement</w:t>
       </w:r>
       <w:r w:rsidR="006A48D6">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> et du lieu de recherche : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A420B" w:rsidRPr="008A420B" w:rsidRDefault="008A420B" w:rsidP="008A420B">
+    <w:p w14:paraId="76395DFF" w14:textId="77777777" w:rsidR="008A420B" w:rsidRPr="008A420B" w:rsidRDefault="008A420B" w:rsidP="008A420B">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E80B8B" w:rsidRDefault="00D36310" w:rsidP="00D36310">
+    <w:p w14:paraId="11D7EB29" w14:textId="77777777" w:rsidR="00E80B8B" w:rsidRDefault="00D36310" w:rsidP="00D36310">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="003300"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D36310">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>ANNEXE 8</w:t>
@@ -6551,1449 +6907,1440 @@
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00E80B8B" w:rsidRPr="00D36310">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>onvention avec le biologiste</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="003300"/>
         </w:rPr>
         <w:t>(modèle disponible en annexe)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E6900" w:rsidRPr="00D36310" w:rsidRDefault="001E6900" w:rsidP="00D36310">
+    <w:p w14:paraId="2365508C" w14:textId="77777777" w:rsidR="001E6900" w:rsidRPr="00D36310" w:rsidRDefault="001E6900" w:rsidP="00D36310">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="003300"/>
         </w:rPr>
         <w:t xml:space="preserve">Ou </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>tout document faisant état des activités de recueil, de préparation et de conservation des échantillons biologiques</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
+    <w:p w14:paraId="00CFDDBC" w14:textId="77777777" w:rsidR="009E1900" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Aspect pharmaceutique </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0092345D" w:rsidRDefault="009E1900" w:rsidP="009E1900">
+    <w:p w14:paraId="417A24BA" w14:textId="77777777" w:rsidR="0092345D" w:rsidRDefault="009E1900" w:rsidP="009E1900">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="003300"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D36310">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>ANNEXE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> 9</w:t>
       </w:r>
       <w:r w:rsidRPr="00D36310">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidRPr="00D36310">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Convention avec le </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">pharmacien responsable des médicaments et dispositifs médicaux stériles utilisés par le lieu de recherche (ou les conventions le cas échant) </w:t>
+        <w:t>pharma</w:t>
+      </w:r>
+      <w:r w:rsidR="00513601">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">cologue </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ou les conventions le cas échant) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
           <w:color w:val="003300"/>
         </w:rPr>
         <w:t xml:space="preserve">(modèle disponible en annexe) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRPr="009E1900" w:rsidRDefault="0092345D" w:rsidP="009E1900">
+    <w:p w14:paraId="05DFCC97" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="009E1900" w:rsidRDefault="0092345D" w:rsidP="009E1900">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="003300"/>
         </w:rPr>
         <w:t>et</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009E1900">
         <w:rPr>
           <w:i/>
           <w:color w:val="003300"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E1900" w:rsidRPr="00624273">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Inscription à l’ordre national des pharmaciens</w:t>
       </w:r>
       <w:r w:rsidR="009E1900">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> (pour les établissements sans PUI).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRDefault="009E1900" w:rsidP="009E1900">
+    <w:p w14:paraId="75B873B3" w14:textId="77777777" w:rsidR="009E1900" w:rsidRDefault="009E1900" w:rsidP="009E1900">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRPr="009E1900" w:rsidRDefault="009E1900" w:rsidP="009E1900">
+    <w:p w14:paraId="403B98BB" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="009E1900" w:rsidRDefault="009E1900" w:rsidP="009E1900">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D36310">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>ANNEXE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> 10</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00D36310">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D36310">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Dernier arrêté d’autorisation de la P</w:t>
       </w:r>
       <w:r w:rsidR="0092345D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>harmacie à usage intérieur (P</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>UI</w:t>
       </w:r>
       <w:r w:rsidR="0092345D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>) le cas échéant</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRPr="009E1900" w:rsidRDefault="009E1900" w:rsidP="009E1900">
+    <w:p w14:paraId="495F1DC4" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="009E1900" w:rsidRDefault="009E1900" w:rsidP="009E1900">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="007D0A93" w:rsidP="009E1900">
+    <w:p w14:paraId="6105CE41" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="007D0A93" w:rsidP="009E1900">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Préciser :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRPr="00C76012" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
+    <w:p w14:paraId="36C67C97" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="00C76012" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2017"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8707"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0A93">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidRPr="00C76012">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>om du pharmacien gérant de la PUI et coordonnées (tel, mail)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
+    <w:p w14:paraId="77A672B0" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2017"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8707"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0A93">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nom du pharmacien référent pour les RIPH le cas échéant, et coordonnées (tel, mail)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
+    <w:p w14:paraId="478AAEDE" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2017"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8707"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0A93">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Moyens dédiés à la gestion des médicaments expérimentaux ou auxiliaires définis à l’article L.5121-1-1 CSP: </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
+        <w:t xml:space="preserve">Moyens dédiés à la gestion des médicaments expérimentaux ou auxiliaires définis à l’article L.5121-1-1 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D0A93">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CSP:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D0A93">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E6347E7" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2017"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8707"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0A93">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Locaux : description succincte de l’aménagement, accès sécurisé</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
+    <w:p w14:paraId="31CA26CF" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2017"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8707"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0A93">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Equipements : liste et description succincte (dispositifs de surveillance et d’alarme)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
+    <w:p w14:paraId="333FAE63" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2017"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8707"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D0A93">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Moyens humains</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRDefault="009E1900" w:rsidP="009E1900">
+    <w:p w14:paraId="2D11E7FA" w14:textId="77777777" w:rsidR="009E1900" w:rsidRDefault="009E1900" w:rsidP="009E1900">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRDefault="009E1900" w:rsidP="009E1900">
+    <w:p w14:paraId="22FD3DC2" w14:textId="77777777" w:rsidR="009E1900" w:rsidRDefault="009E1900" w:rsidP="009E1900">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C76012">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Cas particuliers</w:t>
       </w:r>
       <w:r w:rsidRPr="007D0A93">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidR="00C76012">
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Si les RIPH pratiquées dans le lieu impliquent pour la PUI la réalisation de l’une des activités suivantes, mentionnée(s) à l’article R.5126-9 du Code de la Santé Publique : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
+    <w:p w14:paraId="68371071" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2017"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8707"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007D0A93">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>la préparation de doses à administrer […] des médicaments expérimentaux ou auxiliaires définis à l'article L. 5121-1-1 ;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D0A93">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> préparation de doses à administrer […] des médicaments expérimentaux ou auxiliaires définis à l'article L. 5121-1-1 ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="237EBE82" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="007D0A93" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2017"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8707"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007D0A93">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>la préparation des médicaments expérimentaux ;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009E1900" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D0A93">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> préparation des médicaments expérimentaux ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505F3394" w14:textId="77777777" w:rsidR="009E1900" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2017"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8707"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:contextualSpacing/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E67AE5">
-        <w:t>la réalisation des préparations rendues nécessaires par les recherches impliquant la personne humaine mentionnées à l'article L. 5126-7</w:t>
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E67AE5">
+        <w:t xml:space="preserve"> réalisation des préparations rendues nécessaires par les recherches impliquant la personne humaine mentionnées à l'article L. 5126-7</w:t>
       </w:r>
       <w:r>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
+    <w:p w14:paraId="6F4A9100" w14:textId="77777777" w:rsidR="009E1900" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2017"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8707"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:contextualSpacing/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0023778A">
-        <w:t xml:space="preserve">la reconstitution de spécialités pharmaceutiques, y compris celle concernant les médicaments de thérapie innovante </w:t>
+        <w:t>la</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023778A">
+        <w:t xml:space="preserve"> reconstitution de spécialités pharmaceutiques, y compris celle concernant les médicaments de thérapie innovante </w:t>
       </w:r>
       <w:r>
         <w:t>[…]</w:t>
       </w:r>
       <w:r w:rsidRPr="0023778A">
         <w:t>, et celle concernant les médicaments expérimentaux de thérapie innovante</w:t>
       </w:r>
       <w:r>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRPr="0023778A" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
+    <w:p w14:paraId="1AA99DD8" w14:textId="77777777" w:rsidR="009E1900" w:rsidRPr="0023778A" w:rsidRDefault="009E1900" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="-1440"/>
           <w:tab w:val="clear" w:pos="-720"/>
           <w:tab w:val="clear" w:pos="0"/>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="clear" w:pos="2017"/>
           <w:tab w:val="clear" w:pos="2880"/>
           <w:tab w:val="clear" w:pos="3600"/>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="5040"/>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="clear" w:pos="6480"/>
           <w:tab w:val="clear" w:pos="7200"/>
           <w:tab w:val="clear" w:pos="7920"/>
           <w:tab w:val="clear" w:pos="8707"/>
           <w:tab w:val="clear" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="0023778A">
         <w:t>L'importation de médicaments expérimentaux</w:t>
       </w:r>
       <w:r w:rsidR="004A01CF">
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E1900" w:rsidRDefault="00D27DE4" w:rsidP="009E1900">
+    <w:p w14:paraId="78193039" w14:textId="77777777" w:rsidR="009E1900" w:rsidRDefault="00D27DE4" w:rsidP="009E1900">
       <w:pPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>S’</w:t>
       </w:r>
       <w:r w:rsidR="009E1900">
         <w:t>assurer</w:t>
       </w:r>
       <w:r w:rsidR="009E1900" w:rsidRPr="00C32B5D">
         <w:t xml:space="preserve"> que la description des moyens matériels humains et organi</w:t>
       </w:r>
       <w:r w:rsidR="009E1900">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="004A01CF">
         <w:t>ationnels couvre ces activités</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A01CF" w:rsidRPr="00C32B5D" w:rsidRDefault="004A01CF" w:rsidP="009E1900">
+    <w:p w14:paraId="795BE2DB" w14:textId="77777777" w:rsidR="004A01CF" w:rsidRPr="00C32B5D" w:rsidRDefault="004A01CF" w:rsidP="009E1900">
       <w:pPr>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r>
         <w:t>S’assurer que l’arrêté d’autorisation de la PUI couvre ces activités</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A01CF" w:rsidRDefault="004A01CF" w:rsidP="009E1900">
-[...92 lines deleted...]
-    <w:p w:rsidR="009E1900" w:rsidRDefault="009E1900" w:rsidP="009E1900">
+    <w:p w14:paraId="3F788BAE" w14:textId="77777777" w:rsidR="009E1900" w:rsidRDefault="009E1900" w:rsidP="009E1900">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0063121E" w:rsidRDefault="0063121E" w:rsidP="009E1900">
+    <w:p w14:paraId="0E9360EB" w14:textId="77777777" w:rsidR="0063121E" w:rsidRDefault="0063121E" w:rsidP="009E1900">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0063121E" w:rsidRDefault="0063121E" w:rsidP="009E1900">
+    <w:p w14:paraId="46F9C7A0" w14:textId="77777777" w:rsidR="0063121E" w:rsidRDefault="0063121E" w:rsidP="009E1900">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0063121E" w:rsidRDefault="0063121E" w:rsidP="009E1900">
+    <w:p w14:paraId="776C1E10" w14:textId="77777777" w:rsidR="0063121E" w:rsidRDefault="0063121E" w:rsidP="009E1900">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0063121E" w:rsidRDefault="0063121E" w:rsidP="009E1900">
+    <w:p w14:paraId="09CA3CF5" w14:textId="77777777" w:rsidR="0063121E" w:rsidRDefault="0063121E" w:rsidP="009E1900">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0063121E" w:rsidRDefault="0063121E" w:rsidP="009E1900">
+    <w:p w14:paraId="2E914145" w14:textId="77777777" w:rsidR="0063121E" w:rsidRDefault="0063121E" w:rsidP="009E1900">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0063121E" w:rsidRDefault="0063121E" w:rsidP="009E1900">
+    <w:p w14:paraId="1581CBBC" w14:textId="77777777" w:rsidR="0063121E" w:rsidRDefault="0063121E" w:rsidP="009E1900">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0063121E" w:rsidRDefault="0063121E" w:rsidP="009E1900">
+    <w:p w14:paraId="2F71B2B4" w14:textId="77777777" w:rsidR="0063121E" w:rsidRDefault="0063121E" w:rsidP="009E1900">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0000239B" w:rsidRDefault="0000239B" w:rsidP="00F9196F">
+    <w:p w14:paraId="37E18134" w14:textId="77777777" w:rsidR="0000239B" w:rsidRDefault="0000239B" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136BF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t>Personnels affectés au lieu de recherche</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61266B40" w14:textId="77777777" w:rsidR="0000239B" w:rsidRDefault="0000239B" w:rsidP="0000239B">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19ED5B68" w14:textId="77777777" w:rsidR="0099710C" w:rsidRDefault="0099710C" w:rsidP="0000239B">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>Précisez le nombre, la qualité, la formation et les modalités d’organisation des différents personnels affectés au lieu de recherche</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D86080" w14:textId="77777777" w:rsidR="0099710C" w:rsidRDefault="0099710C" w:rsidP="0000239B">
+      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24FADF6D" w14:textId="77777777" w:rsidR="0099710C" w:rsidRPr="000439B8" w:rsidRDefault="0099710C" w:rsidP="0099710C">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000439B8">
         <w:lastRenderedPageBreak/>
-        <w:t>Personnels affectés au lieu de recherche</w:t>
-[...34 lines deleted...]
-      <w:r w:rsidRPr="000439B8">
         <w:t>Praticiens</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (titre, noms, spécialité)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099710C" w:rsidRPr="000439B8" w:rsidRDefault="0099710C" w:rsidP="0099710C">
+    <w:p w14:paraId="475A12AB" w14:textId="77777777" w:rsidR="0099710C" w:rsidRPr="000439B8" w:rsidRDefault="0099710C" w:rsidP="0099710C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
       <w:r w:rsidRPr="000439B8">
         <w:t>Cadre</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="000439B8">
         <w:t xml:space="preserve"> de s</w:t>
       </w:r>
       <w:r>
         <w:t>anté (nom, fonction)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099710C" w:rsidRPr="000439B8" w:rsidRDefault="0099710C" w:rsidP="0099710C">
+    <w:p w14:paraId="658AFB31" w14:textId="77777777" w:rsidR="0099710C" w:rsidRPr="000439B8" w:rsidRDefault="0099710C" w:rsidP="0099710C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
       <w:r>
         <w:t>IDE Recherche (nom)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099710C" w:rsidRPr="000439B8" w:rsidRDefault="0099710C" w:rsidP="0099710C">
+    <w:p w14:paraId="1FD3752C" w14:textId="77777777" w:rsidR="0099710C" w:rsidRPr="000439B8" w:rsidRDefault="0099710C" w:rsidP="0099710C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
       <w:r w:rsidRPr="000439B8">
         <w:t>Coordonnateur</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> d’études cliniques (nom)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099710C" w:rsidRPr="000439B8" w:rsidRDefault="0099710C" w:rsidP="0099710C">
+    <w:p w14:paraId="0E42E1D1" w14:textId="77777777" w:rsidR="0099710C" w:rsidRPr="000439B8" w:rsidRDefault="0099710C" w:rsidP="0099710C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
       <w:r w:rsidRPr="000439B8">
         <w:t>Attachés de recherche clinique</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (nom)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099710C" w:rsidRPr="000439B8" w:rsidRDefault="0099710C" w:rsidP="0099710C">
+    <w:p w14:paraId="36DDD7AF" w14:textId="77777777" w:rsidR="0099710C" w:rsidRPr="000439B8" w:rsidRDefault="0099710C" w:rsidP="0099710C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
       <w:r w:rsidRPr="000439B8">
         <w:t>IDE</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (nombre)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099710C" w:rsidRPr="000439B8" w:rsidRDefault="0099710C" w:rsidP="0099710C">
+    <w:p w14:paraId="77A8165C" w14:textId="77777777" w:rsidR="0099710C" w:rsidRPr="000439B8" w:rsidRDefault="0099710C" w:rsidP="0099710C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
       <w:r>
         <w:t>AS (nombre)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0099710C" w:rsidRPr="0099710C" w:rsidRDefault="0099710C" w:rsidP="0000239B">
+    <w:p w14:paraId="066EB3B2" w14:textId="77777777" w:rsidR="0099710C" w:rsidRPr="0099710C" w:rsidRDefault="0099710C" w:rsidP="0000239B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
       </w:pPr>
       <w:r w:rsidRPr="000439B8">
         <w:t>Autres (technicien de laboratoire, kinésithérapeute, diététicien, psychologue</w:t>
       </w:r>
       <w:r>
         <w:t>, etc.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0000239B" w:rsidRPr="00FD0A0F" w:rsidRDefault="0000239B" w:rsidP="0000239B">
+    <w:p w14:paraId="5FF07945" w14:textId="77777777" w:rsidR="0000239B" w:rsidRPr="00FD0A0F" w:rsidRDefault="0000239B" w:rsidP="0000239B">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0000239B" w:rsidRPr="0099710C" w:rsidRDefault="0000239B" w:rsidP="0099710C">
+    <w:p w14:paraId="27694274" w14:textId="77777777" w:rsidR="0000239B" w:rsidRPr="0099710C" w:rsidRDefault="0000239B" w:rsidP="0099710C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099710C">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">ANNEXE </w:t>
       </w:r>
       <w:r w:rsidR="00F9196F">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="0099710C" w:rsidRPr="0099710C">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t> : Organisation du personnel</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0000239B" w:rsidRPr="0099710C" w:rsidRDefault="0099710C" w:rsidP="0099710C">
+    <w:p w14:paraId="0C2735AF" w14:textId="77777777" w:rsidR="0000239B" w:rsidRPr="0099710C" w:rsidRDefault="0099710C" w:rsidP="0099710C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="004B64CA" w:rsidRPr="0099710C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="0000239B" w:rsidRPr="0099710C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>rganigramme des professionnels</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0000239B" w:rsidRPr="0099710C" w:rsidRDefault="0099710C" w:rsidP="0099710C">
+    <w:p w14:paraId="5743305F" w14:textId="77777777" w:rsidR="0000239B" w:rsidRPr="0099710C" w:rsidRDefault="0099710C" w:rsidP="0099710C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="004B64CA" w:rsidRPr="0099710C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="0000239B" w:rsidRPr="0099710C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>ableau organisationnel des soins IDE/ASH, jour/nu</w:t>
       </w:r>
       <w:r w:rsidR="004B64CA" w:rsidRPr="0099710C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>it et week-end, sur une semaine</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0000239B" w:rsidRPr="0099710C" w:rsidRDefault="0099710C" w:rsidP="0099710C">
+    <w:p w14:paraId="47A39663" w14:textId="77777777" w:rsidR="0000239B" w:rsidRPr="0099710C" w:rsidRDefault="0099710C" w:rsidP="0099710C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="004B64CA" w:rsidRPr="0099710C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="0000239B" w:rsidRPr="0099710C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>ableau de gardes pour permanence médicale</w:t>
       </w:r>
       <w:r w:rsidR="00745BAA" w:rsidRPr="0099710C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0000239B" w:rsidRDefault="0000239B" w:rsidP="004A01CF">
+    <w:p w14:paraId="69CD20B0" w14:textId="77777777" w:rsidR="0000239B" w:rsidRDefault="0000239B" w:rsidP="004A01CF">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001E6900" w:rsidRPr="00D27DE4" w:rsidRDefault="00F9196F" w:rsidP="00D27DE4">
+    <w:p w14:paraId="7D6C0023" w14:textId="77777777" w:rsidR="001E6900" w:rsidRPr="00D27DE4" w:rsidRDefault="00F9196F" w:rsidP="00D27DE4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>ANNEXE 12</w:t>
       </w:r>
       <w:r w:rsidR="0099710C">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00745BAA" w:rsidRPr="0099710C">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Description quantitative et qualitative du personnel précisant le nom, la qualité et la durée de travail (équivalent temps plein, ETP) des professionnels de santé médicaux, attachés de recherche clinique (ARC) et personnes à compétence particulière, affectés sur le lieu de recherche (modèle disponible en annexe)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E6900" w:rsidRPr="004A01CF" w:rsidRDefault="001E6900" w:rsidP="004A01CF">
+    <w:p w14:paraId="334E36C0" w14:textId="77777777" w:rsidR="001E6900" w:rsidRPr="004A01CF" w:rsidRDefault="001E6900" w:rsidP="004A01CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A01CF" w:rsidRPr="004A01CF" w:rsidRDefault="004A01CF" w:rsidP="004A01CF">
+    <w:p w14:paraId="5A973D4A" w14:textId="77777777" w:rsidR="004A01CF" w:rsidRPr="004A01CF" w:rsidRDefault="004A01CF" w:rsidP="004A01CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D670A8" w:rsidRPr="001E6900" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
+    <w:p w14:paraId="77171C0B" w14:textId="77777777" w:rsidR="00D670A8" w:rsidRPr="001E6900" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136BF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Accueil, surveillance et soins d’urgence</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E80B8B" w:rsidRPr="00F44D64" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
+    <w:p w14:paraId="4C9BBBDF" w14:textId="77777777" w:rsidR="00E80B8B" w:rsidRPr="00F44D64" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Information et recueil de consentement</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="0000239B">
+    <w:p w14:paraId="0D8326D1" w14:textId="77777777" w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="0000239B">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Préciser :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
+    <w:p w14:paraId="7B74DA5E" w14:textId="77777777" w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>les modalités d’information des personnes (document résumé, carte contact) ;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> modalités d’information des personnes (document résumé, carte contact) ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CEA3C10" w14:textId="77777777" w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>les conditions de recueil du consentement éclairé.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D670A8" w:rsidRDefault="00D670A8" w:rsidP="00D670A8">
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> conditions de recueil du consentement éclairé.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="510F0BA7" w14:textId="77777777" w:rsidR="00D670A8" w:rsidRDefault="00D670A8" w:rsidP="00D670A8">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC59AB" w:rsidRPr="004A01CF" w:rsidRDefault="00AC59AB" w:rsidP="004A01CF">
+    <w:p w14:paraId="493ED757" w14:textId="77777777" w:rsidR="00AC59AB" w:rsidRPr="004A01CF" w:rsidRDefault="00AC59AB" w:rsidP="004A01CF">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D36310">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>ANNEXE</w:t>
       </w:r>
@@ -8003,153 +8350,153 @@
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F9196F">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="00D36310">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00D670A8" w:rsidRPr="004A01CF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Modèle de document d’information et de consentement des personnes </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00E80B8B">
+    <w:p w14:paraId="0AD7FE00" w14:textId="77777777" w:rsidR="00E80B8B" w:rsidRDefault="00E80B8B" w:rsidP="00E80B8B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00986290" w:rsidRPr="00EE51B2" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
+    <w:p w14:paraId="1B37EDDD" w14:textId="77777777" w:rsidR="00986290" w:rsidRPr="00EE51B2" w:rsidRDefault="00E80B8B" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Organisation de la surveillance et</w:t>
       </w:r>
       <w:r w:rsidR="00986290" w:rsidRPr="00EE51B2">
         <w:t xml:space="preserve"> de la </w:t>
       </w:r>
       <w:r w:rsidR="00DE7F91" w:rsidRPr="00EE51B2">
         <w:t>continuité de la prise en charge</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE7F91" w:rsidRDefault="00DE7F91" w:rsidP="00E80B8B">
+    <w:p w14:paraId="4BAD030A" w14:textId="77777777" w:rsidR="00DE7F91" w:rsidRDefault="00DE7F91" w:rsidP="00E80B8B">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00AF1AED">
         <w:t>Préciser</w:t>
       </w:r>
       <w:r>
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE7F91" w:rsidRPr="00E80B8B" w:rsidRDefault="00934626" w:rsidP="00F9196F">
+    <w:p w14:paraId="475A629C" w14:textId="77777777" w:rsidR="00DE7F91" w:rsidRPr="00E80B8B" w:rsidRDefault="00934626" w:rsidP="00F9196F">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00DE7F91" w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>es effectifs présents (maximum et minimum) lorsque l’essai est en cours en personnel médical et non médical ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27DE4" w:rsidRPr="0063121E" w:rsidRDefault="00934626" w:rsidP="0063121E">
+    <w:p w14:paraId="7185DB8D" w14:textId="77777777" w:rsidR="00D27DE4" w:rsidRPr="0063121E" w:rsidRDefault="00934626" w:rsidP="0063121E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -8189,73 +8536,73 @@
       <w:r w:rsidR="008533DA" w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00986290" w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> pour les médecins, s’il s’agit d’une </w:t>
       </w:r>
       <w:r w:rsidR="008533DA" w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>garde</w:t>
       </w:r>
       <w:r w:rsidR="00986290" w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> sur site ou d’un système d’astreinte.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27DE4" w:rsidRDefault="00D27DE4" w:rsidP="0000239B">
+    <w:p w14:paraId="3744AB1B" w14:textId="77777777" w:rsidR="00D27DE4" w:rsidRDefault="00D27DE4" w:rsidP="0000239B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00291BEA" w:rsidRPr="00EE51B2" w:rsidRDefault="00291BEA" w:rsidP="00F9196F">
+    <w:p w14:paraId="60650073" w14:textId="77777777" w:rsidR="00291BEA" w:rsidRPr="00EE51B2" w:rsidRDefault="00291BEA" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE51B2">
         <w:t>Organisation de la prise en charge en cas d’urgence</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A29FA" w:rsidRPr="004A01CF" w:rsidRDefault="004A29FA" w:rsidP="004A01CF">
+    <w:p w14:paraId="1DCF2D39" w14:textId="77777777" w:rsidR="004A29FA" w:rsidRPr="004A01CF" w:rsidRDefault="004A29FA" w:rsidP="004A01CF">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D670A8">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">ANNEXE </w:t>
       </w:r>
@@ -8274,201 +8621,227 @@
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00D670A8">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t> : </w:t>
       </w:r>
       <w:r w:rsidRPr="004A01CF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Convention signée entre le responsable du lieu d</w:t>
       </w:r>
       <w:r w:rsidR="003D3D28" w:rsidRPr="004A01CF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>e recherche et le responsable du SAMU</w:t>
       </w:r>
       <w:r w:rsidRPr="004A01CF">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>. (modèle disponible en annexe)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004A29FA" w:rsidRDefault="004A29FA" w:rsidP="00E835F0">
+        <w:t>. (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A01CF">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>modèle</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A01CF">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disponible en annexe)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30069755" w14:textId="77777777" w:rsidR="004A29FA" w:rsidRDefault="004A29FA" w:rsidP="00E835F0">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="004A29FA" w:rsidRPr="004A01CF" w:rsidRDefault="004A29FA" w:rsidP="004A01CF">
+    </w:p>
+    <w:p w14:paraId="07E8777E" w14:textId="77777777" w:rsidR="004A29FA" w:rsidRPr="004A01CF" w:rsidRDefault="004A29FA" w:rsidP="004A01CF">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D670A8">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">ANNEXE </w:t>
       </w:r>
       <w:r w:rsidR="00F9196F">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r w:rsidRPr="00D670A8">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t> : </w:t>
       </w:r>
       <w:r w:rsidR="00D40FB8" w:rsidRPr="004A01CF">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Procédure de prise en charge de l’urgence (système d’alarme, chariots d’urgence et malette de réanimatio</w:t>
+        <w:t xml:space="preserve">Procédure de prise en charge de l’urgence (système d’alarme, chariots d’urgence et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D40FB8" w:rsidRPr="004A01CF">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>malette</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D40FB8" w:rsidRPr="004A01CF">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de réanimatio</w:t>
       </w:r>
       <w:r w:rsidR="003D3D28" w:rsidRPr="004A01CF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00D40FB8" w:rsidRPr="004A01CF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>, équipement de communication et d’alerte en cas d’urgence).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A29FA" w:rsidRDefault="004A29FA" w:rsidP="00E835F0">
+    <w:p w14:paraId="7C3CC78E" w14:textId="77777777" w:rsidR="004A29FA" w:rsidRDefault="004A29FA" w:rsidP="00E835F0">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00934626" w:rsidRDefault="00D40FB8" w:rsidP="00E835F0">
+    <w:p w14:paraId="42C087EC" w14:textId="77777777" w:rsidR="00934626" w:rsidRDefault="00D40FB8" w:rsidP="00E835F0">
       <w:pPr>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D40FB8">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Ou</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r w:rsidR="00291BEA">
         <w:t xml:space="preserve">réciser </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00291BEA" w:rsidRPr="00934626" w:rsidRDefault="00934626" w:rsidP="00F9196F">
+    <w:p w14:paraId="6F2B53F4" w14:textId="77777777" w:rsidR="00291BEA" w:rsidRPr="00934626" w:rsidRDefault="00934626" w:rsidP="00F9196F">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="357" w:hanging="357"/>
@@ -8492,534 +8865,534 @@
       <w:r w:rsidR="00DE7F91" w:rsidRPr="00934626">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00291BEA" w:rsidRPr="00934626">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> service</w:t>
       </w:r>
       <w:r w:rsidR="00DE7F91" w:rsidRPr="00934626">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00291BEA" w:rsidRPr="00934626">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> de soins d’urgence ou de réanimation auquel il pourra être fait appel en cas d’urgence :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00291BEA" w:rsidRPr="00E80B8B" w:rsidRDefault="00291BEA" w:rsidP="00F9196F">
+    <w:p w14:paraId="6C40B511" w14:textId="77777777" w:rsidR="00291BEA" w:rsidRPr="00E80B8B" w:rsidRDefault="00291BEA" w:rsidP="00F9196F">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Intitulé du service :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00291BEA" w:rsidRPr="00E80B8B" w:rsidRDefault="00291BEA" w:rsidP="00F9196F">
+    <w:p w14:paraId="096F5014" w14:textId="77777777" w:rsidR="00291BEA" w:rsidRPr="00E80B8B" w:rsidRDefault="00291BEA" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Nom du chef de service :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00291BEA" w:rsidRPr="00E80B8B" w:rsidRDefault="00291BEA" w:rsidP="00F9196F">
+    <w:p w14:paraId="0E5FCF55" w14:textId="77777777" w:rsidR="00291BEA" w:rsidRPr="00E80B8B" w:rsidRDefault="00291BEA" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Coordonnées précises du service de soins :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00291BEA" w:rsidRPr="00E80B8B" w:rsidRDefault="00291BEA" w:rsidP="00F9196F">
+    <w:p w14:paraId="0CA1AEF9" w14:textId="77777777" w:rsidR="00291BEA" w:rsidRPr="00E80B8B" w:rsidRDefault="00291BEA" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Localisation par rapport au lieu de recherche :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00291BEA" w:rsidRPr="00E80B8B" w:rsidRDefault="00291BEA" w:rsidP="00F9196F">
+    <w:p w14:paraId="31C237B0" w14:textId="77777777" w:rsidR="00291BEA" w:rsidRPr="00E80B8B" w:rsidRDefault="00291BEA" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Délai maximum d’intervention :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00291BEA" w:rsidRPr="00E80B8B" w:rsidRDefault="00291BEA" w:rsidP="00F9196F">
+    <w:p w14:paraId="02DF1B61" w14:textId="77777777" w:rsidR="00291BEA" w:rsidRPr="00E80B8B" w:rsidRDefault="00291BEA" w:rsidP="00F9196F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Modalités de transport :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE7F91" w:rsidRDefault="00DE7F91" w:rsidP="00291BEA">
+    <w:p w14:paraId="442A13CE" w14:textId="77777777" w:rsidR="00DE7F91" w:rsidRDefault="00DE7F91" w:rsidP="00291BEA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Signaler </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7F91">
         <w:t>toute</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7F91">
         <w:t xml:space="preserve"> compétences particulières des professionnels de santé et du personnel permanent dans le domaine </w:t>
       </w:r>
       <w:r>
         <w:t>de la gestion des cas d'urgence ainsi que le matériel dédié (chariot d’urgence…).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00624273" w:rsidRDefault="00624273" w:rsidP="00291BEA">
+    <w:p w14:paraId="1D46AF31" w14:textId="77777777" w:rsidR="00624273" w:rsidRDefault="00624273" w:rsidP="00291BEA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00624273" w:rsidRDefault="00624273" w:rsidP="00291BEA">
+    <w:p w14:paraId="3BBB9DC1" w14:textId="77777777" w:rsidR="00624273" w:rsidRDefault="00624273" w:rsidP="00291BEA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00624273" w:rsidRDefault="00624273" w:rsidP="00291BEA">
+    <w:p w14:paraId="279FBC5F" w14:textId="77777777" w:rsidR="00624273" w:rsidRDefault="00624273" w:rsidP="00291BEA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRPr="00AC59AB" w:rsidRDefault="00104D0B" w:rsidP="00F9196F">
+    <w:p w14:paraId="360A5863" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00AC59AB" w:rsidRDefault="00104D0B" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC59AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Système de management de la qualité</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0000239B" w:rsidRDefault="0000239B" w:rsidP="0000239B"/>
-    <w:p w:rsidR="00AC59AB" w:rsidRPr="00E80B8B" w:rsidRDefault="00AC59AB" w:rsidP="00F9196F">
+    <w:p w14:paraId="45ED9991" w14:textId="77777777" w:rsidR="0000239B" w:rsidRDefault="0000239B" w:rsidP="0000239B"/>
+    <w:p w14:paraId="47293414" w14:textId="77777777" w:rsidR="00AC59AB" w:rsidRPr="00E80B8B" w:rsidRDefault="00AC59AB" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Signalement</w:t>
       </w:r>
       <w:r w:rsidRPr="00E80B8B">
         <w:t xml:space="preserve"> des événements indésirables graves</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC59AB" w:rsidRPr="008477C3" w:rsidRDefault="00AC59AB" w:rsidP="004A01CF">
+    <w:p w14:paraId="12BFCC65" w14:textId="77777777" w:rsidR="00AC59AB" w:rsidRPr="008477C3" w:rsidRDefault="00AC59AB" w:rsidP="004A01CF">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80B8B">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">ANNEXE </w:t>
       </w:r>
       <w:r w:rsidR="00F9196F">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
       <w:r w:rsidRPr="008477C3">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="008477C3" w:rsidRPr="004A01CF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Procédure de signalement des évènements indésirables grave</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC59AB" w:rsidRDefault="00AC59AB" w:rsidP="00AC59AB">
+    <w:p w14:paraId="6310EC19" w14:textId="77777777" w:rsidR="00AC59AB" w:rsidRDefault="00AC59AB" w:rsidP="00AC59AB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC59AB" w:rsidRPr="00FD0A0F" w:rsidRDefault="00AC59AB" w:rsidP="00AC59AB">
+    <w:p w14:paraId="1B3E57C5" w14:textId="77777777" w:rsidR="00AC59AB" w:rsidRPr="00FD0A0F" w:rsidRDefault="00AC59AB" w:rsidP="00AC59AB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC59AB" w:rsidRPr="00E80B8B" w:rsidRDefault="00AC59AB" w:rsidP="00F9196F">
+    <w:p w14:paraId="41B9EE7E" w14:textId="77777777" w:rsidR="00AC59AB" w:rsidRPr="00E80B8B" w:rsidRDefault="00AC59AB" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80B8B">
         <w:t xml:space="preserve">Conservation </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">et confidentialité </w:t>
       </w:r>
       <w:r w:rsidRPr="00E80B8B">
         <w:t>des informations liées à la recherche</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC59AB" w:rsidRPr="004A01CF" w:rsidRDefault="00AC59AB" w:rsidP="004A01CF">
+    <w:p w14:paraId="14FF2E05" w14:textId="77777777" w:rsidR="00AC59AB" w:rsidRPr="004A01CF" w:rsidRDefault="00AC59AB" w:rsidP="004A01CF">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E108F">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">ANNEXE </w:t>
       </w:r>
@@ -9034,483 +9407,489 @@
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00D02407" w:rsidRPr="004A01CF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Procédure de c</w:t>
       </w:r>
       <w:r w:rsidRPr="004A01CF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>onservation et confidentialité des informations liées à la recherche</w:t>
       </w:r>
       <w:r w:rsidR="00D02407" w:rsidRPr="004A01CF">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> et aux personnes qui s’y prêtent</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC59AB" w:rsidRDefault="00AC59AB" w:rsidP="00AC59AB">
+    <w:p w14:paraId="1C952BEB" w14:textId="77777777" w:rsidR="00AC59AB" w:rsidRDefault="00AC59AB" w:rsidP="00AC59AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC59AB" w:rsidRDefault="00D02407" w:rsidP="00AC59AB">
+    <w:p w14:paraId="21C28F65" w14:textId="77777777" w:rsidR="00AC59AB" w:rsidRDefault="00D02407" w:rsidP="00AC59AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
       <w:r>
         <w:t>Ou p</w:t>
       </w:r>
       <w:r w:rsidR="00AC59AB" w:rsidRPr="005C73B8">
         <w:t>réciser</w:t>
       </w:r>
       <w:r w:rsidR="00AC59AB">
         <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D02407" w:rsidRDefault="00D02407" w:rsidP="00AC59AB">
+    <w:p w14:paraId="4003D1EF" w14:textId="77777777" w:rsidR="00D02407" w:rsidRDefault="00D02407" w:rsidP="00AC59AB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2017"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="right" w:pos="8707"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:textAlignment w:val="baseline"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D02407" w:rsidRPr="00707B71" w:rsidRDefault="00D02407" w:rsidP="00F9196F">
+    <w:p w14:paraId="6D999929" w14:textId="77777777" w:rsidR="00D02407" w:rsidRPr="00707B71" w:rsidRDefault="00D02407" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>les</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00707B71">
         <w:t xml:space="preserve"> modalités d’accès au fichier national des personnes </w:t>
       </w:r>
       <w:r>
         <w:t>qui se prêtent à des recherches </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B1959" w:rsidRPr="00862E20" w:rsidRDefault="00D02407" w:rsidP="00F9196F">
+    <w:p w14:paraId="3895A3D8" w14:textId="77777777" w:rsidR="002B1959" w:rsidRPr="00862E20" w:rsidRDefault="00D02407" w:rsidP="00F9196F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>les modalités de</w:t>
+        <w:t>les</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> modalités de</w:t>
       </w:r>
       <w:r w:rsidRPr="00707B71">
         <w:t xml:space="preserve"> recueil</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">,  protection, conservation et </w:t>
       </w:r>
       <w:r w:rsidRPr="00707B71">
         <w:t>archivage des données</w:t>
       </w:r>
       <w:r>
         <w:t> (sur support papier ou informatiques)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002B1959" w:rsidRPr="00862E20" w:rsidSect="00FE03E4">
       <w:headerReference w:type="default" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1135" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002C43E1" w:rsidRDefault="002C43E1" w:rsidP="002B1959">
+    <w:p w14:paraId="62D2C66A" w14:textId="77777777" w:rsidR="009A779C" w:rsidRDefault="009A779C" w:rsidP="002B1959">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002C43E1" w:rsidRDefault="002C43E1" w:rsidP="002B1959">
+    <w:p w14:paraId="2ABE34B9" w14:textId="77777777" w:rsidR="009A779C" w:rsidRDefault="009A779C" w:rsidP="002B1959">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C361DB" w:rsidRDefault="00C361DB" w:rsidP="00935EB4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7B72DCCD" w14:textId="77777777" w:rsidR="00C361DB" w:rsidRDefault="00C361DB" w:rsidP="00935EB4">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:noProof/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C361DB" w:rsidRDefault="00C361DB">
+  <w:p w14:paraId="008DACB2" w14:textId="77777777" w:rsidR="00C361DB" w:rsidRDefault="00C361DB">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="64608072"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00C361DB" w:rsidRDefault="00C361DB">
+      <w:p w14:paraId="2D2593C0" w14:textId="77777777" w:rsidR="00C361DB" w:rsidRDefault="00C361DB">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0063121E">
+        <w:r w:rsidR="00513601">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00C361DB" w:rsidRPr="009C305F" w:rsidRDefault="00C361DB" w:rsidP="00162D69">
+  <w:p w14:paraId="15A1FFEC" w14:textId="77777777" w:rsidR="00C361DB" w:rsidRPr="009C305F" w:rsidRDefault="00C361DB" w:rsidP="00162D69">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4111"/>
         <w:tab w:val="right" w:pos="8931"/>
       </w:tabs>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="574089042"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="004A01CF" w:rsidRDefault="004A01CF">
+      <w:p w14:paraId="72B7A822" w14:textId="77777777" w:rsidR="004A01CF" w:rsidRDefault="004A01CF">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0063121E">
+        <w:r w:rsidR="00513601">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00C361DB" w:rsidRDefault="00C361DB">
+  <w:p w14:paraId="0ABA286D" w14:textId="77777777" w:rsidR="00C361DB" w:rsidRDefault="00C361DB">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002C43E1" w:rsidRDefault="002C43E1" w:rsidP="002B1959">
+    <w:p w14:paraId="63E92F32" w14:textId="77777777" w:rsidR="009A779C" w:rsidRDefault="009A779C" w:rsidP="002B1959">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002C43E1" w:rsidRDefault="002C43E1" w:rsidP="002B1959">
+    <w:p w14:paraId="23B6BB1A" w14:textId="77777777" w:rsidR="009A779C" w:rsidRDefault="009A779C" w:rsidP="002B1959">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00C361DB" w:rsidRDefault="00C361DB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="78176429" w14:textId="77777777" w:rsidR="00C361DB" w:rsidRDefault="00C361DB">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04FA1347"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F6CEE4C2"/>
     <w:lvl w:ilvl="0" w:tplc="6D6C394E">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Paragraphedeliste"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="174630E8">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11316,298 +11695,315 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1237059541">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2020043822">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="195125100">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="150485695">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="137302214">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="830023128">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="864639399">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1306935013">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="777217530">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="341786469">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1214997941">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="92828821">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="566577233">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1860002761">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1963420909">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="313991852">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1846478309">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1336499187">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="62726920">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="118502356">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002B1959"/>
     <w:rsid w:val="0000239B"/>
     <w:rsid w:val="000032B7"/>
     <w:rsid w:val="000439B8"/>
     <w:rsid w:val="000505E7"/>
     <w:rsid w:val="00052C1A"/>
     <w:rsid w:val="00076D7D"/>
     <w:rsid w:val="000A6FD0"/>
     <w:rsid w:val="000B61CE"/>
     <w:rsid w:val="000E4602"/>
     <w:rsid w:val="00104D0B"/>
     <w:rsid w:val="001256F4"/>
     <w:rsid w:val="001338A1"/>
     <w:rsid w:val="00134696"/>
     <w:rsid w:val="00136BF3"/>
     <w:rsid w:val="001412BE"/>
     <w:rsid w:val="00142242"/>
     <w:rsid w:val="00155750"/>
     <w:rsid w:val="00162D69"/>
     <w:rsid w:val="00170896"/>
     <w:rsid w:val="001D366B"/>
     <w:rsid w:val="001D4848"/>
     <w:rsid w:val="001E6900"/>
     <w:rsid w:val="001E7693"/>
     <w:rsid w:val="00202BAE"/>
     <w:rsid w:val="00203DAF"/>
     <w:rsid w:val="00213D98"/>
     <w:rsid w:val="00254DF5"/>
     <w:rsid w:val="0025579C"/>
+    <w:rsid w:val="002651B1"/>
     <w:rsid w:val="002807CF"/>
     <w:rsid w:val="00291BEA"/>
     <w:rsid w:val="00296F2C"/>
     <w:rsid w:val="002A6D52"/>
     <w:rsid w:val="002B1959"/>
     <w:rsid w:val="002C31FB"/>
     <w:rsid w:val="002C43E1"/>
     <w:rsid w:val="00300CFD"/>
     <w:rsid w:val="00302DE2"/>
     <w:rsid w:val="003133EA"/>
     <w:rsid w:val="00320FF2"/>
     <w:rsid w:val="0033562A"/>
     <w:rsid w:val="00346488"/>
     <w:rsid w:val="00382AA8"/>
+    <w:rsid w:val="00390FE4"/>
+    <w:rsid w:val="00390FEB"/>
     <w:rsid w:val="003A21F8"/>
     <w:rsid w:val="003A2480"/>
     <w:rsid w:val="003B5C29"/>
     <w:rsid w:val="003C6E08"/>
     <w:rsid w:val="003D1A28"/>
     <w:rsid w:val="003D3D28"/>
     <w:rsid w:val="003F3E5F"/>
     <w:rsid w:val="003F5793"/>
     <w:rsid w:val="00410FA3"/>
     <w:rsid w:val="00427059"/>
     <w:rsid w:val="00427B4B"/>
     <w:rsid w:val="00440E9F"/>
     <w:rsid w:val="00451F0A"/>
     <w:rsid w:val="004739FF"/>
     <w:rsid w:val="004A01CF"/>
     <w:rsid w:val="004A29FA"/>
     <w:rsid w:val="004B2515"/>
     <w:rsid w:val="004B64CA"/>
     <w:rsid w:val="004C5F6A"/>
     <w:rsid w:val="004E108F"/>
     <w:rsid w:val="004E7055"/>
+    <w:rsid w:val="004F18CD"/>
     <w:rsid w:val="00502FC2"/>
     <w:rsid w:val="005036BF"/>
     <w:rsid w:val="005111FB"/>
+    <w:rsid w:val="00512B79"/>
+    <w:rsid w:val="00513601"/>
     <w:rsid w:val="00537670"/>
     <w:rsid w:val="00541C6D"/>
     <w:rsid w:val="00557403"/>
     <w:rsid w:val="00562034"/>
     <w:rsid w:val="005A2833"/>
     <w:rsid w:val="005A4337"/>
     <w:rsid w:val="005A6986"/>
     <w:rsid w:val="005A76DD"/>
     <w:rsid w:val="005B4FC2"/>
     <w:rsid w:val="005D7336"/>
     <w:rsid w:val="005D74A9"/>
     <w:rsid w:val="005E2C4D"/>
+    <w:rsid w:val="005E39D0"/>
     <w:rsid w:val="005F76C4"/>
     <w:rsid w:val="00602FF3"/>
     <w:rsid w:val="00616678"/>
     <w:rsid w:val="00622A7D"/>
     <w:rsid w:val="00624273"/>
     <w:rsid w:val="0063121E"/>
     <w:rsid w:val="00633576"/>
     <w:rsid w:val="006360AF"/>
     <w:rsid w:val="00637594"/>
+    <w:rsid w:val="00651044"/>
     <w:rsid w:val="006566AF"/>
     <w:rsid w:val="0068355A"/>
     <w:rsid w:val="006A48D6"/>
     <w:rsid w:val="006A737D"/>
     <w:rsid w:val="006C00DE"/>
     <w:rsid w:val="006E10C6"/>
+    <w:rsid w:val="006F7621"/>
     <w:rsid w:val="007049BD"/>
     <w:rsid w:val="00707B71"/>
     <w:rsid w:val="00710EB2"/>
     <w:rsid w:val="0071237A"/>
     <w:rsid w:val="00726E1B"/>
     <w:rsid w:val="007318ED"/>
     <w:rsid w:val="0074157E"/>
     <w:rsid w:val="00745BAA"/>
+    <w:rsid w:val="00752D7A"/>
     <w:rsid w:val="00761F1D"/>
     <w:rsid w:val="00765C0B"/>
     <w:rsid w:val="007822A0"/>
     <w:rsid w:val="007C3065"/>
     <w:rsid w:val="007D0A93"/>
     <w:rsid w:val="007D2DD1"/>
+    <w:rsid w:val="007E25CD"/>
     <w:rsid w:val="007E64D7"/>
     <w:rsid w:val="007E6E3C"/>
     <w:rsid w:val="007F1D6B"/>
     <w:rsid w:val="0080092B"/>
     <w:rsid w:val="00802A4B"/>
     <w:rsid w:val="008449F9"/>
     <w:rsid w:val="008477C3"/>
     <w:rsid w:val="008533DA"/>
     <w:rsid w:val="00862E20"/>
     <w:rsid w:val="008A420B"/>
+    <w:rsid w:val="008B4A2F"/>
     <w:rsid w:val="008C351C"/>
     <w:rsid w:val="008D0F7F"/>
     <w:rsid w:val="008D46F4"/>
     <w:rsid w:val="008F6866"/>
     <w:rsid w:val="009041E2"/>
     <w:rsid w:val="00916DE7"/>
     <w:rsid w:val="0092345D"/>
     <w:rsid w:val="00934626"/>
     <w:rsid w:val="00935EB4"/>
     <w:rsid w:val="0094224E"/>
     <w:rsid w:val="009474E5"/>
     <w:rsid w:val="00967AEA"/>
     <w:rsid w:val="00986290"/>
     <w:rsid w:val="0099710C"/>
     <w:rsid w:val="009A4711"/>
+    <w:rsid w:val="009A779C"/>
     <w:rsid w:val="009E1900"/>
     <w:rsid w:val="009E6D76"/>
     <w:rsid w:val="009F2353"/>
     <w:rsid w:val="00A0591C"/>
     <w:rsid w:val="00A36E0D"/>
+    <w:rsid w:val="00A55C28"/>
     <w:rsid w:val="00A576F9"/>
     <w:rsid w:val="00A603EA"/>
     <w:rsid w:val="00A61836"/>
     <w:rsid w:val="00A906C3"/>
     <w:rsid w:val="00A97991"/>
     <w:rsid w:val="00AA0C05"/>
     <w:rsid w:val="00AA6361"/>
     <w:rsid w:val="00AC59AB"/>
     <w:rsid w:val="00AF1AED"/>
     <w:rsid w:val="00B006E4"/>
     <w:rsid w:val="00B22875"/>
     <w:rsid w:val="00B266DF"/>
     <w:rsid w:val="00B413FE"/>
     <w:rsid w:val="00B53F92"/>
     <w:rsid w:val="00B81D56"/>
     <w:rsid w:val="00B82E68"/>
     <w:rsid w:val="00B8603C"/>
     <w:rsid w:val="00B91F14"/>
     <w:rsid w:val="00B95E9A"/>
     <w:rsid w:val="00BA5534"/>
+    <w:rsid w:val="00BB1F17"/>
     <w:rsid w:val="00BE0682"/>
     <w:rsid w:val="00BF0D67"/>
     <w:rsid w:val="00BF66E9"/>
     <w:rsid w:val="00C03F9B"/>
     <w:rsid w:val="00C15C50"/>
     <w:rsid w:val="00C17334"/>
     <w:rsid w:val="00C239CE"/>
     <w:rsid w:val="00C2771D"/>
     <w:rsid w:val="00C33C3B"/>
     <w:rsid w:val="00C361DB"/>
     <w:rsid w:val="00C76012"/>
     <w:rsid w:val="00C85D97"/>
     <w:rsid w:val="00CA131E"/>
     <w:rsid w:val="00CB4FE6"/>
     <w:rsid w:val="00CD54D8"/>
     <w:rsid w:val="00CE0F26"/>
     <w:rsid w:val="00CE3470"/>
     <w:rsid w:val="00CE437B"/>
     <w:rsid w:val="00CE6CFD"/>
     <w:rsid w:val="00CF08D3"/>
     <w:rsid w:val="00D00E7F"/>
     <w:rsid w:val="00D02407"/>
     <w:rsid w:val="00D254B5"/>
     <w:rsid w:val="00D27DE4"/>
     <w:rsid w:val="00D36310"/>
@@ -11626,80 +12022,80 @@
     <w:rsid w:val="00EE51B2"/>
     <w:rsid w:val="00EF0AF2"/>
     <w:rsid w:val="00F119ED"/>
     <w:rsid w:val="00F17F75"/>
     <w:rsid w:val="00F44D64"/>
     <w:rsid w:val="00F643BC"/>
     <w:rsid w:val="00F9196F"/>
     <w:rsid w:val="00FE03E4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4AF8FCFC"/>
+  <w14:docId w14:val="261A5A73"/>
   <w15:docId w15:val="{0EF27C43-3F9B-47A2-A9FC-629C92C7C760}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -12027,50 +12423,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003133EA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Paragraphedeliste"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:qFormat/>
     <w:rsid w:val="00637594"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="-1440"/>
         <w:tab w:val="clear" w:pos="-720"/>
         <w:tab w:val="clear" w:pos="0"/>
@@ -12470,63 +12871,73 @@
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Grilledutableau1">
     <w:name w:val="Grille du tableau1"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:next w:val="Grilledutableau"/>
     <w:rsid w:val="0080092B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Rvision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005E39D0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ars-ara-dos-pharmacie@ars.sante.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.demarches-simplifiees.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ars-ara-lieux-de-recherche@ars.sante.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.demarches-simplifiees.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ars-ara-lieux-de-recherche@ars.sante.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12779,78 +13190,108 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD56AE89-C503-4417-A08D-304BF05E3F33}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAC9BDAB-1FCB-4AF8-A271-D838D23EE674}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2044</Words>
-  <Characters>11245</Characters>
+  <Words>1959</Words>
+  <Characters>10779</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministère de la Santé</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13263</CharactersWithSpaces>
+  <CharactersWithSpaces>12713</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Amélie Bonnefoi</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-10-24T06:55:47Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>df301ba0-43c8-4b87-b03c-db5b36c59fdf</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>