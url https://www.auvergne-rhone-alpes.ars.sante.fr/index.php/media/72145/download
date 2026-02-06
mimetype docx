--- v0 (2025-11-07)
+++ v1 (2026-02-06)
@@ -1,392 +1,381 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="006E40E7" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="4DE05705" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000091"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E40E7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:i/>
+          <w:noProof/>
           <w:color w:val="000091"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4221CFC7" wp14:editId="262CDA1D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5AAC1AD6" wp14:editId="009858DD">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>4683125</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>142875</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1468120" cy="850900"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:wrapNone/>
             <wp:docPr id="14" name="Image 14"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="2017_Logo_ARS-ARA_Normal_Quadri.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1468120" cy="850900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="006E40E7">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:i/>
+          <w:noProof/>
           <w:color w:val="000091"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37BC21E5" wp14:editId="476D29AE">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C1BE9A1" wp14:editId="65DE937D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-635</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1182414" cy="1070968"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="28" name="Image 28"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="28" name="Republique_Francaise_RVB.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1183205" cy="1071684"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="32774969" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000091"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="25481EE2" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000091"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="5AD5807E" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000091"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="4BAF4B0C" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000091"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000091"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Personne qualifiée en ESMS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="002374BD" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="1EDEED11" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="002374BD" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000091"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002374BD">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000091"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Modèle de rapport de mission</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="002374BD" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="6939799E" w14:textId="20F7DB57" w:rsidR="006E40E7" w:rsidRPr="002374BD" w:rsidRDefault="006E40E7" w:rsidP="002D1CD5">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002374BD">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">En temps utile et, en tout état de cause dès la fin de son intervention suite à la saisine d'un usager ou de son représentant légal, la personne qualifiée réalise un rapport de mission. Elle communique son rapport de mission à l'usager et/ou à son représentant légal, précisant les suites données à sa demande, les démarches éventuellement entreprises ainsi que, le cas échéant, les mesures qu'elle peut être amenée à suggérer. Elle transmet également ce </w:t>
-[...16 lines deleted...]
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00F8085D" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+        <w:t>En temps utile et, en tout état de cause dès la fin de son intervention suite à la saisine d'un usager ou de son représentant légal, la personne qualifiée réalise un rapport de mission. Elle communique son rapport de mission à l'usager et/ou à son représentant légal, précisant les suites données à sa demande, les démarches éventuellement entreprises ainsi que, le cas échéant, les mesures qu'elle peut être amenée à suggérer. Elle transmet également ce rapport de mission à l'autorité chargée du contrôle de l'établissement, du service ou du lieu de vie et d'accueil.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CFB976F" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00F8085D" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="3AED72E3" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Je soussigné(e</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                         </w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="425D4814" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Adresse</w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
@@ -422,51 +411,51 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                            </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="0FA30A66" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Téléphone</w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
@@ -552,51 +541,51 @@
           <w:strike/>
           <w:u w:val="single"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:u w:val="single"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                        </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="7CD2AA71" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Déclare avoir été saisi(e) le </w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -641,51 +630,51 @@
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="38E1A484" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Ou son représentant légal</w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -740,87 +729,87 @@
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00F8085D" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="43713258" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00F8085D" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8085D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                          </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00F8085D" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="68A5445D" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00F8085D" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="273CA14B" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091"/>
           <w:bottom w:val="single" w:sz="4" w:space="21" w:color="000091"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000091"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000091"/>
           <w:szCs w:val="22"/>
@@ -829,1336 +818,1383 @@
         <w:t>Nom de l’établissement ou du service concerné</w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000091"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000091"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="5C04773D" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091"/>
           <w:bottom w:val="single" w:sz="4" w:space="21" w:color="000091"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="325F3375" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091"/>
           <w:bottom w:val="single" w:sz="4" w:space="21" w:color="000091"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="0945D03F" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091"/>
           <w:bottom w:val="single" w:sz="4" w:space="21" w:color="000091"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
-[...9 lines deleted...]
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="5652B1F7" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D822999" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="002D1CD5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000091"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000091"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Explication de la situation et des démarches faites par la personne qualifiée pour répondre à la demande de l’usager ou son représentant légal</w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000091"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000091"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="45829664" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="002D1CD5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Rencontre ou échange avec l’usager/représentant légal, rencontre ou échange avec l’établissement/service concerné…)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="3DD062EE" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="7E700DD0" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="2BCEDE19" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="3A2B3089" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="6E2B3945" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="0B40F199" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="558132DA" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="5888BED8" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="110E42A8" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="6B1FE6DE" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="41E8C98F" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="1A8956FB" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="002D1CD5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...110 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:color w:val="000091"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000091"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Propositions/recommandations faites par la personne qualifiée dans la situation de l’usager</w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000091"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00443C1E">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000091"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="21DAA178" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="5B713A9B" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="21E22720" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="7C03AFCB" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="347BEF4A" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="1197BD22" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="053F6D43" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="6D4F67BF" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="1A4C045F" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="71507F42" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="382F0382" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="7EA667DE" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="50EBA117" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="7A8FC97E" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="7931D451" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="07AB16D9" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
-[...10 lines deleted...]
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+    <w:p w14:paraId="49983A34" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B00A4F3" w14:textId="77777777" w:rsidR="002D1CD5" w:rsidRDefault="002D1CD5" w:rsidP="006E40E7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
         </w:pBdr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000091"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74AE0636" w14:textId="5FA65466" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+        </w:pBdr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000091"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00443C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000091"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">M. / Mme …………………………………………………………………………………, personne qualifiée dans le </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000091"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00443C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000091"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>département ………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00443C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000091"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00443C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000091"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., certifie sur l'honneur de l'exécution </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000091"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00443C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000091"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>de la mission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53314DC3" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00443C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Le……………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00443C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00443C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00443C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>à</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00443C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25810D54" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+        </w:pBdr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00443C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Signature :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E92109" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24A54816" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73CB4A75" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="000091" w:themeColor="text2"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000091" w:themeColor="text2"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58F45BDF" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31754D1C" w14:textId="77777777" w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C1BEF81" w14:textId="14F8896B" w:rsidR="006E40E7" w:rsidRPr="002D1CD5" w:rsidRDefault="006E40E7" w:rsidP="002D1CD5">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D1CD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Pour l'envoi à l'usager et/ou à son représentant légal, le moyen de communiquer ce rapport de mission est à apprécier avec lui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C01AE1" w14:textId="6681050F" w:rsidR="006E40E7" w:rsidRPr="002D1CD5" w:rsidRDefault="006E40E7" w:rsidP="002D1CD5">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D1CD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pour l'ARS Auvergne-Rhône-Alpes, par mail à l'adresse : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D3FCB0" w14:textId="15376D12" w:rsidR="006E40E7" w:rsidRPr="002D1CD5" w:rsidRDefault="002D1CD5" w:rsidP="002D1CD5">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:bCs/>
           <w:color w:val="000091" w:themeColor="text2"/>
           <w:szCs w:val="22"/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...315 lines deleted...]
-        <w:r w:rsidRPr="00443C1E">
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00334BFB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
             <w:bCs/>
-            <w:color w:val="000091" w:themeColor="text2"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:t>ars-ara-da-pers-qualif-ms@ars.sante.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="006E40E7" w:rsidRPr="00443C1E" w:rsidRDefault="006E40E7" w:rsidP="006E40E7">
-[...27 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3991A256" w14:textId="04F686A7" w:rsidR="006E40E7" w:rsidRPr="002D1CD5" w:rsidRDefault="006E40E7" w:rsidP="002D1CD5">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D1CD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pour les établissements relevant de la compétence du Conseil départemental ou de la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D1CD5">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00443C1E">
-[...9 lines deleted...]
-    <w:p w:rsidR="00ED5A1B" w:rsidRDefault="00ED5A1B"/>
+      <w:r w:rsidR="002D1CD5" w:rsidRPr="002D1CD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Direction départementale de l'emploi, du travail et des solidarités (DDETS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D1CD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Marianne" w:eastAsia="Times New Roman" w:hAnsi="Marianne"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>, merci de vous rapprocher de ces services pour l’envoi du compte rendu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="230D9223" w14:textId="77777777" w:rsidR="00ED5A1B" w:rsidRDefault="00ED5A1B"/>
     <w:sectPr w:rsidR="00ED5A1B" w:rsidSect="007C089E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="964" w:bottom="964" w:left="964" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Marianne">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Marianne">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="0000000F" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41C97759"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E8CC5AE4"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="76708299">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E40E7"/>
     <w:rsid w:val="000C2569"/>
+    <w:rsid w:val="002D1CD5"/>
     <w:rsid w:val="003827DA"/>
     <w:rsid w:val="003E7421"/>
     <w:rsid w:val="006E40E7"/>
     <w:rsid w:val="007C089E"/>
     <w:rsid w:val="00C00B24"/>
+    <w:rsid w:val="00D71474"/>
     <w:rsid w:val="00ED5A1B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="460C3588"/>
+  <w14:docId w14:val="79227833"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B82AFFB3-8CD4-4226-9513-6F94178BDA4D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2486,113 +2522,140 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006E40E7"/>
     <w:pPr>
       <w:spacing w:line="264" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006E40E7"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D1CD5"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002D1CD5"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ars-ara-da-pers-qualif-ms@ars.sante.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ars-ara-da-pers-qualif-ms@ars.sante.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="CHARTE_ETAT_ARS_ARA">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000091"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E1000F"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="A0A800"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="5770BE"/>
       </a:accent2>
       <a:accent3>
@@ -2817,54 +2880,83 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>411</Words>
-  <Characters>2265</Characters>
+  <Words>412</Words>
+  <Characters>2270</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>MINISTERE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2671</CharactersWithSpaces>
+  <CharactersWithSpaces>2677</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>PALACIOS, Pauline</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2026-01-14T13:49:02Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>e5098705-3881-4656-89ee-4e65891af7d3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>